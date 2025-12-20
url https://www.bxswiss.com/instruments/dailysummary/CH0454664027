--- v0 (2025-10-07)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a673e5fd87b4461" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re83df1de477f44e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a3a0965ab39469a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R969931d019fd4024"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd8d063150c14e7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a3a0965ab39469a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff202e1ac0704127" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R969931d019fd4024" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Ethereum Staking ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0454664027</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>41,143</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,140</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>