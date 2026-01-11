--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re83df1de477f44e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra17411628e1d43e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R969931d019fd4024"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfb8359ed2e043ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff202e1ac0704127" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R969931d019fd4024" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R829b9232d08a4252" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfb8359ed2e043ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Ethereum Staking ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0454664027</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...176 lines deleted...]
-          <x:t>25,684</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,091</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>26,140</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,584</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>