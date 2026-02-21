--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra17411628e1d43e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd15b5b5f94a48dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfb8359ed2e043ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21a5abfeb3aa4ad5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R829b9232d08a4252" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfb8359ed2e043ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re421d79ef5d34b28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21a5abfeb3aa4ad5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Ethereum Staking ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0454664027</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>27,584</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,712</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>