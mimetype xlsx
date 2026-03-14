--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd15b5b5f94a48dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf173ccd6c02497e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21a5abfeb3aa4ad5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R533ec0cae7b74754"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re421d79ef5d34b28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21a5abfeb3aa4ad5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1eb278d64d594f7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R533ec0cae7b74754" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Ethereum Staking ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0454664027</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,105</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,768</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,444</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>