--- v0 (2025-10-30)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99a657d84701492c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa1e759806274250" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50a37a592f06433a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re339584f3f3e46c7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reed331f9f3674117" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50a37a592f06433a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racd3ff285ebd42bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re339584f3f3e46c7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Bitcoin ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0454664001</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>29,512</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,407</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>