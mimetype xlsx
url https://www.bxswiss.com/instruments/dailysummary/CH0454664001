--- v1 (2025-12-21)
+++ v2 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa1e759806274250" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27440263bc8d4bd4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re339584f3f3e46c7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3338139da0b425e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racd3ff285ebd42bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re339584f3f3e46c7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R541cf79a94fc4342" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3338139da0b425e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Bitcoin ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0454664001</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...41 lines deleted...]
-          <x:t>23,656</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,790</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...563 lines deleted...]
-          <x:t>23,407</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,275</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>