--- v2 (2026-01-31)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27440263bc8d4bd4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2482607fd16745e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3338139da0b425e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R246158f580124fcd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R541cf79a94fc4342" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3338139da0b425e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c67382a69854deb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R246158f580124fcd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Bitcoin ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0454664001</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,615</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -710,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,335</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>