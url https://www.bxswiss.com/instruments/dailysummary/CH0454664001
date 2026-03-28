--- v3 (2026-02-22)
+++ v4 (2026-03-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2482607fd16745e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R390b0a3720d64ad8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R246158f580124fcd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf74f092b3cc4556"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c67382a69854deb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R246158f580124fcd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R415bee9404e140cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf74f092b3cc4556" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Bitcoin ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0454664001</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...463 lines deleted...]
-          <x:t>16,935</x:t>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,704</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...136 lines deleted...]
-          <x:t>17,100</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,413</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>