--- v0 (2025-10-09)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb95e27fe09a42e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bbe1cf7e13b49fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4884621815814e35"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a2a379bd63d4f23"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4230f5c32fed4d20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4884621815814e35" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8e5f738d6d945fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a2a379bd63d4f23" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Crypto Basket Index ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0445689208</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,497 +149,65 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>18,746</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,543</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>18,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,500</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,408</x:t>
         </x:is>
       </x:c>
@@ -764,31 +332,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,928</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>