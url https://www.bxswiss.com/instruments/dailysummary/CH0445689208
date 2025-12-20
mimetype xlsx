--- v1 (2025-11-01)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bbe1cf7e13b49fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbaf99ddf9edf4e3b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a2a379bd63d4f23"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a94c052d9c548c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8e5f738d6d945fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a2a379bd63d4f23" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc58dd1d059d54a52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a94c052d9c548c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Crypto Basket Index ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0445689208</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>17,928</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,847</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>