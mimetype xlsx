--- v2 (2025-12-20)
+++ v3 (2026-02-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbaf99ddf9edf4e3b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0818fee05ec4a3a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a94c052d9c548c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51f631c30c4248fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc58dd1d059d54a52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a94c052d9c548c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcea5976cd2d643ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51f631c30c4248fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Crypto Basket Index ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0445689208</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...350 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,810</x:t>
-[...279 lines deleted...]
-          <x:t>13,847</x:t>
+          <x:t>14,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,743</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>