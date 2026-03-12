--- v3 (2026-02-19)
+++ v4 (2026-03-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0818fee05ec4a3a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R760e291ed98642c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51f631c30c4248fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45f7da94b2664075"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcea5976cd2d643ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51f631c30c4248fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfeb1379a28a45c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45f7da94b2664075" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Crypto Basket Index ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0445689208</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,154</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,001</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,203</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>