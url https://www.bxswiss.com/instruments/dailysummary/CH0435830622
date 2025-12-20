--- v0 (2025-10-15)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c0887618d20456a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reeb7476fda864690" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree403a1695fc40bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d02b1f630014b5d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc562d241fa3f4fc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree403a1695fc40bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R093cf23cc0de46a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d02b1f630014b5d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZugerKB Fonds - Aktien Schweiz AD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0435830622</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...328 lines deleted...]
-          <x:t>144,360</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>144,360</x:t>
-[...247 lines deleted...]
-          <x:t>145,560</x:t>
+          <x:t>146,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,130</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>