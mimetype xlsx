--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reeb7476fda864690" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74ce595579a74fe6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d02b1f630014b5d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2cdde47e8634262"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R093cf23cc0de46a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d02b1f630014b5d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62afe8951e5b4e3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2cdde47e8634262" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZugerKB Fonds - Aktien Schweiz AD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0435830622</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,570</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,690</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>