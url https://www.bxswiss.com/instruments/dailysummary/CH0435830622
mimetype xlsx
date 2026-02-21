--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74ce595579a74fe6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde06c8e3008e41fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2cdde47e8634262"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7150e1b740224164"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62afe8951e5b4e3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2cdde47e8634262" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1580f110b2b4604" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7150e1b740224164" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZugerKB Fonds - Aktien Schweiz AD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0435830622</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>150,330</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>149,700</x:t>
-[...188 lines deleted...]
-          <x:t>152,210</x:t>
+          <x:t>150,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,130</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...118 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,890</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...94 lines deleted...]
-          <x:t>09.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>155,710</x:t>
-[...9 lines deleted...]
-          <x:t>155,690</x:t>
+          <x:t>155,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,730</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>