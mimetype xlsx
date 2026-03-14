--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde06c8e3008e41fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbecdb67d9f354691" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7150e1b740224164"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R625fdafd82384f1d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1580f110b2b4604" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7150e1b740224164" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07072cdc7870479f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R625fdafd82384f1d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZugerKB Fonds - Aktien Schweiz AD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0435830622</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...296 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>154,390</x:t>
-[...306 lines deleted...]
-          <x:t>156,730</x:t>
+          <x:t>154,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,420</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>