--- v0 (2025-10-25)
+++ v1 (2026-01-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5a67288faab42bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9aeb14afb6f04dce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08ca4d25b00146e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb376659bc404ae2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf96c46341ce43d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08ca4d25b00146e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra613691f66ec428c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb376659bc404ae2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iNdx - Aktien Schweiz CHF PC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0421963825</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>148,620</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,350</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>