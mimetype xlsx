--- v1 (2026-01-14)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9aeb14afb6f04dce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21ffadb008414b4b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb376659bc404ae2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd69ebb6bde2f4f9f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra613691f66ec428c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb376659bc404ae2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd1c729102674576" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd69ebb6bde2f4f9f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iNdx - Aktien Schweiz CHF PC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0421963825</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...122 lines deleted...]
-          <x:t>152,890</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,730</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>22.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,410</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...104 lines deleted...]
-          <x:t>154,130</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>153,560</x:t>
-[...102 lines deleted...]
-          <x:t>157,090</x:t>
+          <x:t>156,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,330</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>156,350</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>