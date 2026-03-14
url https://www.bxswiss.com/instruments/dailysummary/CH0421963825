--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21ffadb008414b4b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0db5bace97f24bb9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd69ebb6bde2f4f9f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75f42d29bf824141"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd1c729102674576" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd69ebb6bde2f4f9f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc76ca20a134a41ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75f42d29bf824141" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iNdx - Aktien Schweiz CHF PC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0421963825</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...188 lines deleted...]
-          <x:t>29.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>154,830</x:t>
+          <x:t>153,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>154,570</x:t>
-[...431 lines deleted...]
-          <x:t>161,800</x:t>
+          <x:t>150,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,740</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>