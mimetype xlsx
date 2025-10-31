--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R079429e2626b4d58" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7f1e178b0ee4039" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ddd567fab6343c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R417d9a5a2eb448a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a76f600fdbe41fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ddd567fab6343c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a096b950774427c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R417d9a5a2eb448a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) FS III - UBS Gold EUR IAHC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0383859607</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.927,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.938,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.922,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.937,000</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +305,517 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.989,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.995,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.986,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.992,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.996,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.017,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.993,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.014,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.040,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.047,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.036,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.044,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.035,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.051,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.027,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.033,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.006,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.029,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.005,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.027,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.055,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.072,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.055,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.064,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.075,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.093,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.071,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.092,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.117,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.127,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.103,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.120,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.132,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.159,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.131,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.159,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.185,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.188,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.129,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.151,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.144,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.181,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.140,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.177,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.166,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.168,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.073,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.090,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.101,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.106,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.037,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.045,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.084,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.097,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.072,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.092,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.066,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.089,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.043,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.085,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.047,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.050,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.011,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.018,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.989,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.004,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.972,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.001,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.017,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.029,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.012,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.016,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.999,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.024,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.998,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.016,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>