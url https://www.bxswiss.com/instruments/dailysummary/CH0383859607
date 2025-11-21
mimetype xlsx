--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7f1e178b0ee4039" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra181a7a3dd514de3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R417d9a5a2eb448a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48aa923003344c2e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a096b950774427c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R417d9a5a2eb448a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9aad7dc88cf4b68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48aa923003344c2e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) FS III - UBS Gold EUR IAHC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0383859607</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...134 lines deleted...]
-          <x:t>06.10.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.144,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.181,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.140,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.177,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.166,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.168,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.073,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.090,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.101,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.106,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.037,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.045,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.084,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.097,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.072,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.092,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.066,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.089,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.043,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.085,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.047,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.050,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.011,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.018,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.989,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.995,800</x:t>
-[...75 lines deleted...]
-          <x:t>2.035,350</x:t>
+          <x:t>2.004,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.972,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.001,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.017,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.029,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.012,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.016,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.999,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.024,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.998,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.016,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.029,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.034,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.006,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.012,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.029,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.030,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.015,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.028,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.014,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.017,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.985,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.005,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.012,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.014,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.000,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.012,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.024,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.029,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.005,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.009,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.023,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.025,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.011,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.022,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.052,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.063,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.049,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.059,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.079,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.090,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.068,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.073,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.077,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.108,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.077,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.108,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.125,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.134,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.109,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.117,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.105,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.110,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.043,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.075,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.061,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.070,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.041,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.048,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.037,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.058,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.036,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.049,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.057,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.078,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.051,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2.027,450</x:t>
-[...237 lines deleted...]
-          <x:t>2.106,900</x:t>
+          <x:t>2.052,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.040,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.066,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.037,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2.045,050</x:t>
-[...161 lines deleted...]
-          <x:t>2.016,500</x:t>
+          <x:t>2.052,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>