--- v0 (2025-10-11)
+++ v1 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re83cd9ae4ab145f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cf58ee7fc8b434f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92a54ffe16594962"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raee8afc6eea3477e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5344bec34f74dc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92a54ffe16594962" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10a459f3da4144d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raee8afc6eea3477e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF -MSCI Switzerland IMI Socially Responsible (CHF) Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0368190739</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
-[...620 lines deleted...]
-          <x:t>10.10.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,579</x:t>
-[...9 lines deleted...]
-          <x:t>18,330</x:t>
+          <x:t>18,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,204</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>