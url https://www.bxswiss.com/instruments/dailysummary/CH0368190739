--- v1 (2026-01-07)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cf58ee7fc8b434f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73b5bc4b3c3d43a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raee8afc6eea3477e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8631e29a25394b2d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10a459f3da4144d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raee8afc6eea3477e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cc2b0deeef54e45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8631e29a25394b2d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF -MSCI Switzerland IMI Socially Responsible (CHF) Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0368190739</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -578,28 +578,55 @@
         <x:is>
           <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,204</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>