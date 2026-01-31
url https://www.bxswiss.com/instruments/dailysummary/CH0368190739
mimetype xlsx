--- v2 (2026-01-08)
+++ v3 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73b5bc4b3c3d43a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda2bfbf46f044b20" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8631e29a25394b2d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raeba6706c66b4a6b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cc2b0deeef54e45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8631e29a25394b2d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e6e5ea9a15d4c23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raeba6706c66b4a6b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF -MSCI Switzerland IMI Socially Responsible (CHF) Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0368190739</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...242 lines deleted...]
-          <x:t>19.12.2025</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,896</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,977</x:t>
-[...198 lines deleted...]
-          <x:t>19,226</x:t>
+          <x:t>19,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,905</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>