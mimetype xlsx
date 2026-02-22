--- v3 (2026-01-31)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda2bfbf46f044b20" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22ff9df765c64e2b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raeba6706c66b4a6b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24c87f7624af428a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e6e5ea9a15d4c23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raeba6706c66b4a6b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5c92cc99c7046b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24c87f7624af428a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF -MSCI Switzerland IMI Socially Responsible (CHF) Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0368190739</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>18,941</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,242</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,890</x:t>
-[...242 lines deleted...]
-          <x:t>19,298</x:t>
+          <x:t>19,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,344</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>18,905</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,751</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>