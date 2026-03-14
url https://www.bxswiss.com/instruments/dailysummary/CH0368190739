--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22ff9df765c64e2b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84b16c244c5449ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24c87f7624af428a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3846456ce2fe492d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5c92cc99c7046b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24c87f7624af428a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red35932e7901453a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3846456ce2fe492d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF -MSCI Switzerland IMI Socially Responsible (CHF) Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0368190739</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...193 lines deleted...]
-          <x:t>18,896</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,856</x:t>
-[...156 lines deleted...]
-          <x:t>19,438</x:t>
+          <x:t>19,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19,354</x:t>
-[...6 lines deleted...]
-          <x:t>10.02.2026</x:t>
+          <x:t>19,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,352</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...227 lines deleted...]
-          <x:t>19,751</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,343</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>