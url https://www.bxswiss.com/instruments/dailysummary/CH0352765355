--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0888785b3e5948c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bdab67034d4454a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19f4f488d3394efe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c29a6c265b24adc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd67fe70de1574a17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19f4f488d3394efe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f2454ce6ed840cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c29a6c265b24adc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) FS III - UBS Gold USD IAC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0352765355</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.139,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.157,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.131,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.155,400</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.254,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.288,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.248,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.284,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.326,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.337,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.321,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.333,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.318,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.344,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.304,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.313,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.270,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.308,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.269,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.305,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.351,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.378,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.351,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.365,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.383,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.412,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.376,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.410,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.451,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.467,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.429,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.457,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.476,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.521,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.475,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.521,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.564,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.569,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.471,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.510,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.497,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.559,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.490,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.553,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.535,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.537,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.382,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.411,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.428,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.436,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.324,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.336,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.402,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.422,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.382,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.415,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.371,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.409,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.335,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.402,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.341,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.346,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.284,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.295,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.247,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.271,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.220,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.267,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.292,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.314,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.286,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.291,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.264,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.305,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.263,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.292,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>