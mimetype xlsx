--- v0 (2025-10-14)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16dbd1700a174884" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b5403825181466b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81a685a3d65b4c42"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb16bcd09d66649a2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14d615fc536d45dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81a685a3d65b4c42" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9aa77a37a414e61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb16bcd09d66649a2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LUKB Expert Bausteinfonds - Aktien Ausland PD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0352060492</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...355 lines deleted...]
-          <x:t>132,680</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>132,540</x:t>
-[...65 lines deleted...]
-          <x:t>07.10.2025</x:t>
+          <x:t>131,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,330</x:t>
-        </x:is>
-[...148 lines deleted...]
-          <x:t>130,120</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>