--- v1 (2025-11-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b5403825181466b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdff889c652b140eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb16bcd09d66649a2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e024cdd0c284a0e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9aa77a37a414e61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb16bcd09d66649a2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7813ffdce8c94e52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e024cdd0c284a0e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LUKB Expert Bausteinfonds - Aktien Ausland PD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0352060492</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>133,650</x:t>
-[...31 lines deleted...]
-          <x:t>134,530</x:t>
+          <x:t>134,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,110</x:t>
-        </x:is>
-[...538 lines deleted...]
-          <x:t>133,330</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>