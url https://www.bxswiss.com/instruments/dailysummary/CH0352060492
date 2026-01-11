--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdff889c652b140eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c6a42ea937e4457" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e024cdd0c284a0e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00bce2363f7e4133"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7813ffdce8c94e52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e024cdd0c284a0e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf711653fb9ac443e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00bce2363f7e4133" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LUKB Expert Bausteinfonds - Aktien Ausland PD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0352060492</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...85 lines deleted...]
-          <x:t>132,950</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>132,160</x:t>
-[...38 lines deleted...]
-          <x:t>26.11.2025</x:t>
+          <x:t>134,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,530</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>135,410</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,650</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>135,110</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,240</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>