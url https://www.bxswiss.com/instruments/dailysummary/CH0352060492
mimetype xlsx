--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c6a42ea937e4457" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ed5011492ec4b79" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00bce2363f7e4133"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R333e83c03b6b4800"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf711653fb9ac443e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00bce2363f7e4133" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d332623a3614146" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R333e83c03b6b4800" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LUKB Expert Bausteinfonds - Aktien Ausland PD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0352060492</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>136,130</x:t>
-[...355 lines deleted...]
-          <x:t>138,680</x:t>
+          <x:t>136,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,640</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>140,240</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,140</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>