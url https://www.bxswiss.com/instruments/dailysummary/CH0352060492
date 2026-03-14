--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ed5011492ec4b79" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f3908e26b3046bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R333e83c03b6b4800"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re98f2f5d553746aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d332623a3614146" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R333e83c03b6b4800" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra78687dcbfdb4b62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re98f2f5d553746aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LUKB Expert Bausteinfonds - Aktien Ausland PD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0352060492</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>139,920</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>139,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>139,660</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>139,800</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>139,460</x:t>
-[...129 lines deleted...]
-          <x:t>137,900</x:t>
+          <x:t>140,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>137,230</x:t>
-[...92 lines deleted...]
-          <x:t>137,750</x:t>
+          <x:t>138,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>136,110</x:t>
-[...301 lines deleted...]
-          <x:t>140,140</x:t>
+          <x:t>134,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,670</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>