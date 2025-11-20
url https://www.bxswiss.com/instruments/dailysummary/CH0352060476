--- v0 (2025-10-09)
+++ v1 (2025-11-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R293f1593720a4777" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R886c98c199db42a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66ee16793a08419b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb54909293244a16"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cd88a09fcb74371" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66ee16793a08419b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88bd7783558440ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb54909293244a16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LUKB Expert Bausteinfonds - Aktien Nordamerika PD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0352060476</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...490 lines deleted...]
-          <x:t>243,250</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,610</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...114 lines deleted...]
-          <x:t>245,450</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,730</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>