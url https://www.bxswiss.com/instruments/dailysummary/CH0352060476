--- v1 (2025-11-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R886c98c199db42a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd7212265e754e80" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb54909293244a16"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7272b3cf6d0e4959"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88bd7783558440ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb54909293244a16" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb25fdeb1c9ec4d3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7272b3cf6d0e4959" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LUKB Expert Bausteinfonds - Aktien Nordamerika PD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0352060476</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...198 lines deleted...]
-          <x:t>252,860</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>251,480</x:t>
-[...195 lines deleted...]
-          <x:t>10.11.2025</x:t>
+          <x:t>247,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>249,960</x:t>
-[...75 lines deleted...]
-          <x:t>252,520</x:t>
+          <x:t>251,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>249,280</x:t>
-[...112 lines deleted...]
-          <x:t>244,730</x:t>
+          <x:t>253,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,710</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>