--- v2 (2026-01-11)
+++ v3 (2026-02-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd7212265e754e80" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9c8f35a053044f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7272b3cf6d0e4959"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d7cc92019b64f1d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb25fdeb1c9ec4d3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7272b3cf6d0e4959" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R257590b360924319" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d7cc92019b64f1d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LUKB Expert Bausteinfonds - Aktien Nordamerika PD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0352060476</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>253,430</x:t>
-[...210 lines deleted...]
-          <x:t>252,980</x:t>
+          <x:t>254,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>252,540</x:t>
-[...30 lines deleted...]
-        <x:is>
           <x:t>253,410</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...154 lines deleted...]
-          <x:t>255,710</x:t>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,150</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>