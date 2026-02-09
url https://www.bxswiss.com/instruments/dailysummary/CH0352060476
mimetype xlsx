--- v3 (2026-02-09)
+++ v4 (2026-02-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9c8f35a053044f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa85a7a8bc9b49d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d7cc92019b64f1d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb24c63cd01a4c72"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R257590b360924319" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d7cc92019b64f1d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R899685a238044e57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb24c63cd01a4c72" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LUKB Expert Bausteinfonds - Aktien Nordamerika PD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0352060476</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.01.2026</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,710</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +710,58 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,630</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>