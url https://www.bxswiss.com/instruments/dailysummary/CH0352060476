--- v4 (2026-02-09)
+++ v5 (2026-03-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa85a7a8bc9b49d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e42e3dde7e1464a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb24c63cd01a4c72"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09c328ec63014699"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R899685a238044e57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb24c63cd01a4c72" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd5e13518aa1496f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09c328ec63014699" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LUKB Expert Bausteinfonds - Aktien Nordamerika PD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0352060476</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
-[...230 lines deleted...]
-          <x:t>249,820</x:t>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,460</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...288 lines deleted...]
-          <x:t>248,840</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,200</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>256,630</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,050</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>