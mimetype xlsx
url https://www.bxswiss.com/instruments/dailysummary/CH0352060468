--- v0 (2025-10-12)
+++ v1 (2025-11-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebfe09fe09474971" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f531359ffe6498c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra880d38981eb417e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e0bb02933b14395"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R045f997a00d04d97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra880d38981eb417e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R779c5dfc1ea74b6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e0bb02933b14395" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LUKB Expert Bausteinfonds - Aktien Euroland PD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0352060468</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...382 lines deleted...]
-          <x:t>144,890</x:t>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>144,570</x:t>
-[...107 lines deleted...]
-          <x:t>147,210</x:t>
+          <x:t>146,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,100</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>145,730</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,820</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>