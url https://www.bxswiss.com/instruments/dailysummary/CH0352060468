--- v1 (2025-11-23)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f531359ffe6498c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97bd55ba7c36468f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e0bb02933b14395"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7902b467ed24db1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R779c5dfc1ea74b6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e0bb02933b14395" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R474c8b8596fd4b83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7902b467ed24db1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LUKB Expert Bausteinfonds - Aktien Euroland PD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0352060468</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.10.2025</x:t>
-[...95 lines deleted...]
-          <x:t>150,400</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,840</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...224 lines deleted...]
-          <x:t>149,180</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>148,980</x:t>
-[...26 lines deleted...]
-          <x:t>150,360</x:t>
+          <x:t>151,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,220</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>12.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>153,210</x:t>
-[...4 lines deleted...]
-          <x:t>152,080</x:t>
+          <x:t>152,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,810</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...181 lines deleted...]
-          <x:t>145,820</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,370</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>