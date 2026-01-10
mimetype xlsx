--- v2 (2026-01-08)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97bd55ba7c36468f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99fd8ba6789a40d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7902b467ed24db1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re741eb6235c24f2b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R474c8b8596fd4b83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7902b467ed24db1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13a398bfe5764c00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re741eb6235c24f2b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LUKB Expert Bausteinfonds - Aktien Euroland PD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0352060468</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,740</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +575,85 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,160</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>