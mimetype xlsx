--- v3 (2026-01-10)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99fd8ba6789a40d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02c157623e924fd0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re741eb6235c24f2b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2dc3efee894d4df9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13a398bfe5764c00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re741eb6235c24f2b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b4ba1efc44a4610" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2dc3efee894d4df9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LUKB Expert Bausteinfonds - Aktien Euroland PD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0352060468</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...220 lines deleted...]
-          <x:t>152,460</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>152,200</x:t>
-[...124 lines deleted...]
-          <x:t>156,370</x:t>
+          <x:t>154,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>155,880</x:t>
-[...112 lines deleted...]
-          <x:t>158,160</x:t>
+          <x:t>159,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,260</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>