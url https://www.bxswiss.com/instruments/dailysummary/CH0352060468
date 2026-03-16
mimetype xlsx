--- v4 (2026-02-22)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02c157623e924fd0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fc71f1ec6e24aab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2dc3efee894d4df9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re980576739d749be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b4ba1efc44a4610" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2dc3efee894d4df9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc32a339d19e44943" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re980576739d749be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LUKB Expert Bausteinfonds - Aktien Euroland PD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0352060468</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>155,130</x:t>
-[...603 lines deleted...]
-          <x:t>162,260</x:t>
+          <x:t>151,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,930</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>