--- v0 (2025-10-17)
+++ v1 (2025-11-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca0003d81a474fc4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabff1c1276884081" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1c4227ba4d04b9e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91cc90954a194759"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8f778366678476b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1c4227ba4d04b9e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raeac7bc3fcd2494c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91cc90954a194759" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LUKB Expert Bausteinfonds - Aktien Schweiz PD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0352060450</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>138,840</x:t>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,280</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...325 lines deleted...]
-          <x:t>138,100</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,220</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>142,560</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,180</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>