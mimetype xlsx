--- v1 (2025-11-07)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabff1c1276884081" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce92a63cb296429b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91cc90954a194759"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6b266fc22ca42ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raeac7bc3fcd2494c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91cc90954a194759" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24ea6da0c90c4cf7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6b266fc22ca42ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LUKB Expert Bausteinfonds - Aktien Schweiz PD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0352060450</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.10.2025</x:t>
-[...112 lines deleted...]
-          <x:t>142,340</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>140,840</x:t>
-[...241 lines deleted...]
-        <x:is>
           <x:t>141,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>142,000</x:t>
-[...269 lines deleted...]
-          <x:t>139,180</x:t>
+          <x:t>142,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,880</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>