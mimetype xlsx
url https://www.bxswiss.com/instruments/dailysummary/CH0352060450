--- v2 (2025-12-20)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce92a63cb296429b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3894463ef774250" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6b266fc22ca42ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9499ab5288e045b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24ea6da0c90c4cf7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6b266fc22ca42ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b04116e37d44b97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9499ab5288e045b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LUKB Expert Bausteinfonds - Aktien Schweiz PD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0352060450</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...635 lines deleted...]
-          <x:t>147,090</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,330</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>