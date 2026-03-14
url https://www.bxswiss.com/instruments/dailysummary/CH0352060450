--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3894463ef774250" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b26091ec7dd43d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9499ab5288e045b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17d1ea501b77473d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b04116e37d44b97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9499ab5288e045b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6fb945bdf634477" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17d1ea501b77473d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LUKB Expert Bausteinfonds - Aktien Schweiz PD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0352060450</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...198 lines deleted...]
-          <x:t>148,540</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,270</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...433 lines deleted...]
-          <x:t>155,330</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,490</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>