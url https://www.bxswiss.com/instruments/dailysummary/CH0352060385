--- v0 (2025-10-15)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a5ddaca5ee74583" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f71fa2778dc4468" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab39bf5a973c4065"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e776d8ee56d4f9b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46fb1a3a3ce04083" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab39bf5a973c4065" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9b1379ea00248ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e776d8ee56d4f9b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LUKB Expert Effektenfonds - Tell</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0352060385</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>124,810</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>123,170</x:t>
-[...87 lines deleted...]
-          <x:t>22.09.2025</x:t>
+          <x:t>123,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>122,040</x:t>
-[...468 lines deleted...]
-          <x:t>122,460</x:t>
+          <x:t>123,430</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>