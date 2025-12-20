--- v1 (2025-11-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f71fa2778dc4468" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f56583bdf204969" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e776d8ee56d4f9b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40e5e86d8fd44cf9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9b1379ea00248ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e776d8ee56d4f9b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1541c492a9b4d85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40e5e86d8fd44cf9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LUKB Expert Effektenfonds - Tell</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0352060385</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>123,970</x:t>
-[...576 lines deleted...]
-          <x:t>123,430</x:t>
+          <x:t>123,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,160</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>