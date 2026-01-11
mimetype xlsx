--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f56583bdf204969" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf6caf74444f4044" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40e5e86d8fd44cf9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R696bbd15964e477c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1541c492a9b4d85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40e5e86d8fd44cf9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra88672d220e84e12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R696bbd15964e477c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LUKB Expert Effektenfonds - Tell</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0352060385</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,500 +149,95 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...301 lines deleted...]
-          <x:t>125,210</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,810</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>125,050</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,510</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...47 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,250</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,550</x:t>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,980</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>