--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf6caf74444f4044" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R174613d2fed34f26" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R696bbd15964e477c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8050c5ad54f642c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra88672d220e84e12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R696bbd15964e477c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85a5ffe3572a4083" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8050c5ad54f642c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LUKB Expert Effektenfonds - Tell</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0352060385</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...436 lines deleted...]
-          <x:t>131,160</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>131,060</x:t>
-[...4 lines deleted...]
-          <x:t>131,980</x:t>
+          <x:t>132,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,170</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>