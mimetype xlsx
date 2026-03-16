--- v4 (2026-02-22)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R174613d2fed34f26" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc1054db5e1145a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8050c5ad54f642c2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d4b3d1f392c4179"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85a5ffe3572a4083" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8050c5ad54f642c2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55a59d82c0e04016" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d4b3d1f392c4179" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LUKB Expert Effektenfonds - Tell</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0352060385</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>132,040</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,720</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>28.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>132,780</x:t>
-[...468 lines deleted...]
-          <x:t>134,170</x:t>
+          <x:t>130,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,150</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>