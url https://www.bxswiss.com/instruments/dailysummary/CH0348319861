--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bfd87c136fc49f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e2f7f85fa804929" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb65b3f928d004078"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R809478b1330b4a87"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd282227aa57f47dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb65b3f928d004078" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94be50c1dfd44d40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R809478b1330b4a87" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) IF - Equities Switzerland Small &amp; Mid CHF IAC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0348319861</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>1.242,500</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.262,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.265,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.261,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.265,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.264,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.267,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.261,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.267,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.264,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.269,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.263,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.267,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.276,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.280,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.274,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.279,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.283,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.284,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.275,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.283,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.283,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.284,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.280,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.281,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.278,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.278,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.269,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.270,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.270,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.276,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.270,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.271,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.271,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.279,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.271,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.277,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.280,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.280,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.276,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.277,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.279,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.282,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.277,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.280,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.270,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.272,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.260,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.270,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.272,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.274,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.265,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.271,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.269,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.270,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.259,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.259,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.266,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.266,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.253,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.256,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.266,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.271,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.265,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.267,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.274,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.285,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.274,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.285,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.287,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.294,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.285,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.293,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.297,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.298,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.284,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.285,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.276,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.278,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.262,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.272,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.273,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.273,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.259,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.260,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.249,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.254,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.244,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.239,500</x:t>
-[...43 lines deleted...]
-          <x:t>1.248,000</x:t>
+          <x:t>1.246,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.250,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.247,000</x:t>
-[...42 lines deleted...]
-        <x:is>
           <x:t>1.258,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.263,750</x:t>
-[...193 lines deleted...]
-          <x:t>1.259,250</x:t>
+          <x:t>1.246,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.252,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.264,750</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>1.251,000</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.271,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.262,250</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>1.277,750</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.264,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>