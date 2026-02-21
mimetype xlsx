--- v1 (2025-11-21)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e2f7f85fa804929" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c1b2abcc5334962" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R809478b1330b4a87"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f1f3e44ee824854"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94be50c1dfd44d40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R809478b1330b4a87" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f34aab90b0040a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f1f3e44ee824854" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) IF - Equities Switzerland Small &amp; Mid CHF IAC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0348319861</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>1.264,250</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.347,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.350,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.341,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.348,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.349,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.356,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.345,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.355,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.368,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.373,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.363,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.372,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.364,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.365,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.357,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.362,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.362,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.364,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.355,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.360,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.362,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.368,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.362,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.364,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.360,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.361,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.350,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.352,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.350,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.351,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.343,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.348,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.350,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.356,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.350,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.352,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.349,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.362,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.344,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.361,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.370,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.371,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.352,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.354,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.356,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.374,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.352,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.369,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.375,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.377,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.368,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.372,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.364,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.378,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.357,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.378,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.383,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.388,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.378,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.388,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.389,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.393,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.386,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.391,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.382,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.382,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.373,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.380,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.383,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.385,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.366,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.366,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.371,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.391,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.369,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.390,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.387,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.392,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.382,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.382,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.387,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.398,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.380,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.398,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.395,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.406,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.394,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.404,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.404,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.405,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.395,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.398,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.402,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.407,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.397,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.404,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>