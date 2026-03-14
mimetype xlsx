--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c1b2abcc5334962" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R218e8ef759ed462a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f1f3e44ee824854"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8049231b620a4726"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f34aab90b0040a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f1f3e44ee824854" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80f657dcbafe413a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8049231b620a4726" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) IF - Equities Switzerland Small &amp; Mid CHF IAC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0348319861</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.389,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.393,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.386,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.391,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.382,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.382,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.373,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.380,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.383,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.385,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.366,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.366,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.371,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.391,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.369,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.390,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.387,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.392,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.382,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.382,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.387,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.398,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.380,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.398,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.395,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.406,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.394,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.404,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.404,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.405,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.395,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.398,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.402,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.407,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.397,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.404,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.394,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.396,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.383,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.383,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.381,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.396,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.381,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.392,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.392,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.394,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.383,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.386,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.384,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.411,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.382,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.408,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.410,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.413,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.395,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.406,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.384,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.396,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.379,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.391,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.374,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.374,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.349,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.356,500</x:t>
-[...26 lines deleted...]
-          <x:t>1.373,750</x:t>
+          <x:t>1.357,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.365,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.376,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.360,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.370,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.369,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.377,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.361,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.362,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.361,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.363,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.372,750</x:t>
-[...124 lines deleted...]
-          <x:t>1.351,250</x:t>
+          <x:t>1.334,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.343,750</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...433 lines deleted...]
-          <x:t>1.404,250</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.316,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.331,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.312,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.329,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.343,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.346,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.335,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.340,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.324,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.328,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.319,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.321,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.326,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.338,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.324,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.326,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.320,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.330,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.316,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.318,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>