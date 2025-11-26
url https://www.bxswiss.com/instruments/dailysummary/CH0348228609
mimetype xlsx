--- v0 (2025-10-15)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce650c2ef3184f88" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd4e59075cea4d20" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc98c4f58ae8c4c8d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R997cbd0a643943a0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c510dc9dd0f42e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc98c4f58ae8c4c8d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf185836563dd4c33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R997cbd0a643943a0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) IF - Equities Switzerland All NSL CHF IAC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0348228609</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>1.656,750</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.693,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.693,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.684,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.692,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.685,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.685,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.671,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.671,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.672,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.674,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.665,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.667,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.665,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.670,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.663,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.669,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.672,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.672,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.659,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.661,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.665,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.671,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.662,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.651,500</x:t>
-[...323 lines deleted...]
-          <x:t>1.650,000</x:t>
+          <x:t>1.663,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.654,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.667,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.643,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.665,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.666,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.675,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.664,750</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>03.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.672,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.666,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.668,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.662,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.662,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.666,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.666,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.653,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.661,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.673,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.684,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.670,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.682,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.693,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.715,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.691,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.714,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.719,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.728,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.718,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.726,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.729,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.731,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.717,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.718,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.708,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.714,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.690,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.701,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.700,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.700,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.691,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.694,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.687,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.688,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.673,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.677,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.685,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.693,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.680,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.689,750</x:t>
-[...97 lines deleted...]
-          <x:t>09.10.2025</x:t>
+          <x:t>1.687,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.699,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.700,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.687,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.690,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.687,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.697,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.682,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.696,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.706,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.708,750</x:t>
-[...117 lines deleted...]
-          <x:t>1.688,750</x:t>
+          <x:t>1.707,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.696,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.705,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.704,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.717,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.698,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.716,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>