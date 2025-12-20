--- v1 (2025-11-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd4e59075cea4d20" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2273f6e20fbe4684" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R997cbd0a643943a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe2ccaf2e9c64420"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf185836563dd4c33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R997cbd0a643943a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R200e156d23274441" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe2ccaf2e9c64420" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) IF - Equities Switzerland All NSL CHF IAC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0348228609</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...26 lines deleted...]
-          <x:t>28.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.687,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.688,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.673,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.677,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.685,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.685,250</x:t>
-[...286 lines deleted...]
-          <x:t>12.11.2025</x:t>
+          <x:t>1.693,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.680,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.687,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.699,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.700,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.687,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.690,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.687,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.697,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.682,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.696,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.706,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.707,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.696,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.705,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.704,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.717,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.698,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.716,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.719,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1.725,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.716,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.725,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.722,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.727,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.721,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.726,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.727,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.729,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.722,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1.728,250</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...249 lines deleted...]
-          <x:t>1.716,750</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.723,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.732,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.723,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.726,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.724,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.738,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.724,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.733,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.737,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.740,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.726,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.729,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.732,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.739,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.731,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.737,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.735,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.743,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.734,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.740,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.739,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.747,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.739,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.745,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.744,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.746,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.737,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.740,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.733,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.738,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.726,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.737,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.734,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.740,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.732,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.738,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.742,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.748,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.734,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.734,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.739,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.753,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.739,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.752,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.759,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.763,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.749,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.753,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.749,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.756,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.748,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.750,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.750,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.766,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.750,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.766,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.767,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.772,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.761,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.771,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>