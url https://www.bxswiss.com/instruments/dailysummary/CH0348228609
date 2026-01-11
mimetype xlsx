--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2273f6e20fbe4684" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R969bf43a129f4548" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe2ccaf2e9c64420"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcce36ed65fea44cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R200e156d23274441" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe2ccaf2e9c64420" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6c64c5de7c442ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcce36ed65fea44cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) IF - Equities Switzerland All NSL CHF IAC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0348228609</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,637 +149,205 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...247 lines deleted...]
-          <x:t>1.723,750</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.733,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.738,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.726,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.737,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.734,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.740,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.732,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.723,750</x:t>
-[...70 lines deleted...]
-          <x:t>1.732,750</x:t>
+          <x:t>1.738,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.742,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.748,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.734,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.734,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.739,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.731,750</x:t>
-[...151 lines deleted...]
-          <x:t>1.742,250</x:t>
+          <x:t>1.753,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.739,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.752,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.759,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.763,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.749,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.753,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.749,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.756,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.748,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.734,250</x:t>
-[...84 lines deleted...]
-        <x:is>
           <x:t>1.750,750</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.750,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.766,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.750,750</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.767,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.772,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.761,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.771,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.767,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.771,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.761,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.771,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.774,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.785,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.773,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.781,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.781,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.783,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.776,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.778,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.777,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.783,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.776,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.783,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.775,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.783,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.769,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.782,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.789,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.799,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.779,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.798,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.803,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.806,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.792,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.798,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.799,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.802,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.791,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.800,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.805,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.810,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.801,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.809,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>