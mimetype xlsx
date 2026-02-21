--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R969bf43a129f4548" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57d0e99c91784569" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcce36ed65fea44cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfb61fbbc7524a81"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6c64c5de7c442ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcce36ed65fea44cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1992082047fc445c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfb61fbbc7524a81" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) IF - Equities Switzerland All NSL CHF IAC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0348228609</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...220 lines deleted...]
-          <x:t>1.767,500</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.782,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.782,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.770,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.780,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.780,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.782,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.769,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.778,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.797,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.800,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.789,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.795,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.787,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.788,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.777,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.781,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.780,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.783,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.771,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.761,500</x:t>
-[...97 lines deleted...]
-          <x:t>1.775,750</x:t>
+          <x:t>1.781,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.788,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.792,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.785,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.790,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.779,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.780,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.764,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.768,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.766,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.783,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.769,250</x:t>
-[...107 lines deleted...]
-          <x:t>1.801,000</x:t>
+          <x:t>1.765,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.781,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.780,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.789,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.779,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.782,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.785,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.808,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.784,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.808,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.818,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.820,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.796,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.801,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.805,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.831,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.796,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.823,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.828,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.828,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.809,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.819,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.812,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.825,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.803,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.825,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.829,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.829,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.822,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.828,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.832,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.833,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.825,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.828,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.824,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.832,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.819,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.831,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.836,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.837,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.829,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.829,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.832,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.840,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.828,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.839,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.837,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.844,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.836,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.839,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.848,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.857,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.842,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.857,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.857,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.867,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.857,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.864,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.867,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.871,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.857,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.861,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.867,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.869,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.860,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.866,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>