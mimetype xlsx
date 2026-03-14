--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57d0e99c91784569" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea1abec6f61a4ada" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfb61fbbc7524a81"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27c905124f9545cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1992082047fc445c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfb61fbbc7524a81" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re53c7ad91ca74cf1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27c905124f9545cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) IF - Equities Switzerland All NSL CHF IAC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0348228609</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...149 lines deleted...]
-          <x:t>1.785,500</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.832,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.833,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.825,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.828,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.824,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.832,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.819,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.831,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.836,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.837,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.829,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.829,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.832,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.840,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.828,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.839,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.837,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.844,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.836,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.839,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.848,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.857,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.842,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.857,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.857,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.867,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.857,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.864,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.867,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.871,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.857,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.861,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.867,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.869,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.860,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.866,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.863,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.868,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.860,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.861,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.865,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.887,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.864,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.880,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.883,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.885,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.877,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.881,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.877,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.885,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.872,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.874,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.884,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.891,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.876,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.889,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.853,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.864,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.845,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.860,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.834,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.834,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.800,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.807,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.821,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.835,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.812,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.824,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.815,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.828,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.797,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.798,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.791,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.793,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.758,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.770,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.721,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.753,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.721,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.752,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.780,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.790,000</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...20 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.768,000</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>1.866,250</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.773,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.757,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.762,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.748,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.752,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.750,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.763,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.748,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.753,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.742,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.765,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.737,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.748,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>