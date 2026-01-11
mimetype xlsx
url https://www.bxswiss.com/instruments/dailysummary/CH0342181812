--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19386b19813c4de3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36d7b4260e8c4d8e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05a080741d2a4034"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b2422605e644f85"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14c92e2f5a7947cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05a080741d2a4034" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb62e654c89394882" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b2422605e644f85" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BlackRock IFS - iShares SMI® Equity Index Fund CHF IC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0342181812</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,556 +149,124 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...360 lines deleted...]
-          <x:t>1.978,950</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.966,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.974,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.957,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.972,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.963,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.974,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.963,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.970,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.978,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.984,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.966,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.974,950</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>1.966,850</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.971,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.989,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.971,750</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.007,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.012,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.998,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.011,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.005,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.009,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.000,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.009,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.014,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.029,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.012,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.023,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.025,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.028,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.018,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.018,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.020,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.025,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.017,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.025,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.014,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.022,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.006,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.020,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.026,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.039,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.014,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.036,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.043,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.045,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.026,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.032,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.036,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.040,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.026,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.036,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.044,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.048,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.037,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.047,900</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>