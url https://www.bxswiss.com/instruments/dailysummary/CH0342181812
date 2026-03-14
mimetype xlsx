--- v1 (2026-01-11)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36d7b4260e8c4d8e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb057913abcfe4b6b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b2422605e644f85"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5814f673eeff40c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb62e654c89394882" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b2422605e644f85" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc28f1fd42a44fe3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5814f673eeff40c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BlackRock IFS - iShares SMI® Equity Index Fund CHF IC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0342181812</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>2.047,900</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.068,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.069,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.059,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.062,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.059,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.072,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.054,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.071,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.074,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.076,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.066,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.067,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.071,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.081,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.066,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.080,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.077,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.084,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.075,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.079,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.089,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.099,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.085,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.099,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.101,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.111,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.106,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.112,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.119,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.104,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.112,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.117,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.110,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.112,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.119,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.111,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.113,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.120,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.146,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.117,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.139,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.137,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.141,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.129,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.134,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.128,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.139,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.119,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.123,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.135,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.145,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.127,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.144,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.103,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.113,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.091,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.109,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.076,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.076,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.038,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.047,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.063,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.080,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.051,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.064,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.051,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.069,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.030,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.032,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.020,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.023,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.983,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.998,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.942,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.979,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.941,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.977,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.999,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.012,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.984,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.990,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.986,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.995,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.977,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.983,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.968,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.981,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.964,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.970,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.966,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.997,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.960,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.977,850</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>