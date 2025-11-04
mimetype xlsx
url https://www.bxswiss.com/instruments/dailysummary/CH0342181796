--- v0 (2025-10-14)
+++ v1 (2025-11-04)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8eb2b991725b49a3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree6d47d34bcc4e0c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0d9699647ca4c5a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6c7ba6a20fc4de2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d98ba246c4c4e89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0d9699647ca4c5a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc11d2e5791fb4e0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6c7ba6a20fc4de2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BlackRock IF Switzerland - iShares SMI® Equity Index Fund DC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0342181796</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>1.816,650</x:t>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.829,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.843,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.828,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.837,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.839,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.841,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.832,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.840,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.843,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.848,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.837,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.840,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.844,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.860,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.844,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.858,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.857,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.860,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.852,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.853,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.850,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.857,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.832,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.832,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.835,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.842,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.826,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.833,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.821,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.834,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.820,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.824,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.826,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.835,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.822,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.834,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.833,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.868,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.830,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.861,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.844,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.856,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.831,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.855,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.853,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.861,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.847,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.853,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.857,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.857,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.846,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.855,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.844,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.854,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.844,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.852,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.849,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.852,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.843,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.845,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.849,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.850,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.841,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.845,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.838,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.839,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.828,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.839,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.829,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.829,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.813,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.813,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.816,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.817,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.803,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.807,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.805,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.808,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.800,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.806,100</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>1.807,700</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.809,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.809,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.797,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.799,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.800,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.806,600</x:t>
-[...539 lines deleted...]
-          <x:t>1.833,550</x:t>
+          <x:t>1.808,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.799,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.802,200</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>