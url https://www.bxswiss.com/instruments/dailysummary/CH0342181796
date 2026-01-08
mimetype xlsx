--- v1 (2025-11-04)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree6d47d34bcc4e0c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b008b96d348410a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6c7ba6a20fc4de2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd42edcdeacf94439"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc11d2e5791fb4e0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6c7ba6a20fc4de2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70342fd34dd74769" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd42edcdeacf94439" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BlackRock IF Switzerland - iShares SMI® Equity Index Fund DC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0342181796</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>1.802,200</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.897,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.909,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.897,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.907,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.905,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.907,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.896,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.900,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.892,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.899,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.883,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.897,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.895,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.899,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.888,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.895,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.902,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.909,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.891,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.891,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.896,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.913,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.896,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.912,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.922,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.928,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.912,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.916,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.914,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.918,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.910,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.912,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.911,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.929,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.911,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.928,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.931,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.935,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.921,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.934,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.928,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.933,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.923,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.932,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.937,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.951,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.935,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.946,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.948,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.950,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.941,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.941,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.943,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.948,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.940,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.948,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.937,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.945,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.929,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.943,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.948,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.961,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.938,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.959,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.965,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.967,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.949,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.955,100</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>