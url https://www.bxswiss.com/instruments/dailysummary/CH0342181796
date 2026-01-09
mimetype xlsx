--- v2 (2026-01-08)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b008b96d348410a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8494ca47ff2c4a67" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd42edcdeacf94439"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb92892a9c7414f63"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70342fd34dd74769" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd42edcdeacf94439" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3be9409d8dc64d47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb92892a9c7414f63" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BlackRock IF Switzerland - iShares SMI® Equity Index Fund DC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0342181796</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -605,28 +605,55 @@
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.965,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.967,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.949,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.955,100</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.958,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.962,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.949,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.958,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>