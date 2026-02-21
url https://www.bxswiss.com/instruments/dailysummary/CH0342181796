--- v3 (2026-01-09)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8494ca47ff2c4a67" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55fb3b5d84204098" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb92892a9c7414f63"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b2f2b50d1ed41a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3be9409d8dc64d47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb92892a9c7414f63" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra41eb5339e514bbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b2f2b50d1ed41a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BlackRock IF Switzerland - iShares SMI® Equity Index Fund DC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0342181796</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...166 lines deleted...]
-          <x:t>1.922,750</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.935,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.936,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.920,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.932,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.930,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.934,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.918,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.928,450</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>1.921,850</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.948,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.952,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.937,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.945,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.935,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.940,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.924,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.927,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.927,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.933,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.917,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.930,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.938,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.942,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.934,550</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...197 lines deleted...]
-          <x:t>1.958,400</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.940,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.926,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.929,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.910,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.915,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.916,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.938,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.914,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.934,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.934,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.944,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.931,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.935,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.942,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.968,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.938,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.968,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.980,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.981,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.954,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.962,200</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>1.958,600</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.966,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.995,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.954,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.984,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.981,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.982,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.962,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.976,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.970,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.985,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.960,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.984,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.986,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.987,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.978,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.984,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.989,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.989,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.980,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.983,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.981,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.993,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.976,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.992,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.995,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.997,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.987,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.988,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.992,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.002,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.987,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.000,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.998,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.005,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.996,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.999,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.010,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.019,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.005,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.018,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.020,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.030,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.020,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.026,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.032,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.038,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.020,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.024,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.030,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.036,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.022,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.029,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>