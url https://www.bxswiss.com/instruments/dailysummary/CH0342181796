--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55fb3b5d84204098" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c5b20fba7944a25" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b2f2b50d1ed41a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b8c92f5a63043e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra41eb5339e514bbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b2f2b50d1ed41a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ce7839d572a4ee7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b8c92f5a63043e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BlackRock IF Switzerland - iShares SMI® Equity Index Fund DC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0342181796</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>1.936,050</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.989,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.989,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.980,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.983,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.981,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.993,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.976,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.992,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.995,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.997,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.987,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.988,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.992,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.002,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.987,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.000,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.998,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.005,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.996,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.999,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.010,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.019,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.005,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.018,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.020,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.030,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.020,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.026,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.032,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.038,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.020,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.024,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.030,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.036,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.022,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.029,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.031,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.038,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.030,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.032,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.039,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.064,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.036,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.057,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.055,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.060,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.048,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.053,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.047,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.057,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.038,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.042,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.054,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.063,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.045,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.062,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.023,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.032,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.011,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.028,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.997,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.997,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.960,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.969,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.984,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.000,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.973,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.985,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.973,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.990,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.953,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.954,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.943,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.945,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.908,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.922,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.867,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.904,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.866,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.902,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.923,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.935,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.908,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.914,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.910,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.919,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.901,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.907,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.892,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.905,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.889,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.895,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.890,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.920,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.932,350</x:t>
-[...620 lines deleted...]
-          <x:t>2.029,750</x:t>
+          <x:t>1.885,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.902,300</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>