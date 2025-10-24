--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8aac412999d94d7c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ea7cb46ba9140e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5aeff80d69094948"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4c33974d4ec4dcf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R698412f2f13942ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5aeff80d69094948" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf508438bd5674957" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4c33974d4ec4dcf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BlackRock IFS - iShares SPI® Equity Index Fund CHF IC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0342181713</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...149 lines deleted...]
-          <x:t>1.658,900</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.625,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.631,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.622,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.625,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.623,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.631,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.621,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.624,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.613,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.613,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.607,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.609,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.600,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.604,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.594,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.594,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.597,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.601,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.594,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.596,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.602,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.609,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.601,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.608,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.607,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.617,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.603,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.616,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.629,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.644,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.629,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.643,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.657,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.657,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.650,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.653,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.659,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.668,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.656,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.663,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.664,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.671,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.660,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.671,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.671,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.676,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.666,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.669,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.672,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.685,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.672,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.684,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.684,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.687,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.681,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.681,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.679,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.684,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.662,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.662,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.664,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.670,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.658,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.663,500</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
-[...451 lines deleted...]
-          <x:t>1.643,500</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.653,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.662,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.651,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.655,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.658,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.665,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.654,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.664,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.664,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.688,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.664,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.683,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.661,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.678,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.657,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.676,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.675,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.681,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.671,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.676,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.679,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.679,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.670,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.678,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.670,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.678,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.669,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.676,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.676,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.679,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.673,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.675,350</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>