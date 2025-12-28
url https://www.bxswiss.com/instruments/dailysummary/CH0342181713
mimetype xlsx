--- v1 (2025-10-24)
+++ v2 (2025-12-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ea7cb46ba9140e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R066846ba7e1c41e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4c33974d4ec4dcf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49ee7b8408f94850"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf508438bd5674957" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4c33974d4ec4dcf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83c54ab3713e4e09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49ee7b8408f94850" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BlackRock IFS - iShares SPI® Equity Index Fund CHF IC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0342181713</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>1.675,350</x:t>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.697,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.703,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.694,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.703,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.700,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.705,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.699,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.704,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.705,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.707,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.700,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.706,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.702,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.710,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.702,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.704,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.703,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.717,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.703,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.711,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.715,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.719,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.705,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.707,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.710,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.717,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.710,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.715,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.713,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.721,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.712,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.718,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.717,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.725,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.717,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.723,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.723,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.725,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.715,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.718,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.711,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.716,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.704,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.716,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.711,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.716,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.708,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.714,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.720,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.726,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.712,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.712,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.716,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.730,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.716,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.729,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.736,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.741,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.727,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.731,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.727,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.733,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.726,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.728,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.728,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.743,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.728,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.743,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.745,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.749,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.739,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.748,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.745,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.748,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.739,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.748,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.751,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.762,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.750,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.758,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>