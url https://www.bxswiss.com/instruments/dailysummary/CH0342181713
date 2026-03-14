--- v2 (2025-12-28)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R066846ba7e1c41e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc00fa5f52efc4741" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49ee7b8408f94850"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34c36417b64240d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83c54ab3713e4e09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49ee7b8408f94850" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6332be9ea5c34193" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34c36417b64240d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BlackRock IFS - iShares SPI® Equity Index Fund CHF IC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0342181713</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.11.2025</x:t>
-[...500 lines deleted...]
-          <x:t>1.739,050</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.808,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.809,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.802,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.805,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.801,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.808,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.796,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.808,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.813,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.814,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.805,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.805,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.809,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.817,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.805,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.816,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.812,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.820,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.811,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.814,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.823,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.831,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.816,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.831,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.831,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.842,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.831,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.838,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.842,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.846,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.832,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.835,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.841,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.844,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.834,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.840,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.839,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.844,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.836,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.837,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.841,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.863,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.841,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.857,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.859,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.862,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.853,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.857,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.853,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.861,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.848,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.850,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.859,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.866,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.851,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.863,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.829,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.840,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.822,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.836,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.810,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.810,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.776,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.784,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.797,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.812,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.788,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.801,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.792,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.805,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.774,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.775,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.768,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.770,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.735,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.748,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.698,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.731,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.698,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.729,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.756,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.765,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.744,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.748,800</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.12.2025</x:t>
-[...19 lines deleted...]
-          <x:t>1.758,800</x:t>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.734,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.740,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.726,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.730,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.728,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.741,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.725,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.731,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.720,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.743,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.715,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.726,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>