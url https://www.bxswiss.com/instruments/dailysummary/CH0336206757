--- v0 (2025-10-08)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0152b313269c438e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R038e75d6b98441fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84230387703e4a8e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb981f25acfc14e20"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9308499ca3740c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84230387703e4a8e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e7cc1345b2c445a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb981f25acfc14e20" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) Index Fund - Equities World ex CH Small NSL AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0336206757</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>1.662,500</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.634,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.655,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.633,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.645,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.653,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.676,250</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>12.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.650,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.657,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.624,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.649,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.623,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.649,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.662,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.677,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.657,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.677,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.682,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.685,250</x:t>
-[...413 lines deleted...]
-        <x:is>
           <x:t>1.702,250</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>1.702,750</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.682,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.701,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.709,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.720,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.708,250</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>1.693,250</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.718,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.720,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.723,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.720,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.722,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.726,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.732,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.723,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.730,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.723,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.725,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.711,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.720,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.717,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.721,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.711,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.713,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.709,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.718,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.705,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.717,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.726,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.735,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.722,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.735,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.736,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.746,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.736,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.743,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.739,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.748,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.739,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.747,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.739,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.746,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.736,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.745,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.736,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.739,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.731,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.739,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.742,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.744,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.735,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.742,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.752,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.757,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.738,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.741,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.741,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.747,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.732,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.737,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.732,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.733,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.721,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.722,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.729,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.733,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.719,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.720,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.715,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.732,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.713,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.728,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.725,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.734,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.721,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.734,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>