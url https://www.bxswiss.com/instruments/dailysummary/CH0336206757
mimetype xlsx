--- v1 (2025-12-21)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R038e75d6b98441fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53890d298cb34aa0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb981f25acfc14e20"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1da7cc6dbd274e82"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e7cc1345b2c445a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb981f25acfc14e20" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4be2972552f40d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1da7cc6dbd274e82" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) Index Fund - Equities World ex CH Small NSL AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0336206757</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...613 lines deleted...]
-          <x:t>1.734,000</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.810,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.834,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.802,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.830,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.844,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.854,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.839,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.852,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.847,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.849,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.834,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.834,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.812,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.815,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.800,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.804,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.809,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.809,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.785,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.788,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.785,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.794,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.785,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.792,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.784,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.791,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.767,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.774,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.780,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.784,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.767,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.769,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.766,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.797,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.765,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.794,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.797,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.805,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.793,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.797,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.799,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.808,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.795,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.800,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.799,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.800,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.775,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.788,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.777,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.808,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.777,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.807,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.819,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.819,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.805,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.817,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.821,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.824,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.811,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.823,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.819,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.844,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.817,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.826,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.832,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.839,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.805,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.805,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.798,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.814,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.791,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.812,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.810,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.815,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.810,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.811,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.813,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.819,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.801,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.813,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.818,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.835,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.817,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.834,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.830,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.836,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.827,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.832,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.836,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.851,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.834,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.838,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>