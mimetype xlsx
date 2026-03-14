--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53890d298cb34aa0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc48a1e5ce26d4bb1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1da7cc6dbd274e82"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad3dff9740ee4c1f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4be2972552f40d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1da7cc6dbd274e82" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96ee3fc5946f4cd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad3dff9740ee4c1f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) Index Fund - Equities World ex CH Small NSL AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0336206757</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>1.810,750</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.821,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.824,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.811,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.823,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.819,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.844,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.817,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.826,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.832,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.839,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.805,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.805,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.798,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.814,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.791,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.812,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.810,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.815,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.810,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.811,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.813,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.819,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.801,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.813,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.818,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.835,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.817,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.834,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.830,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.836,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.827,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.832,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.836,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.851,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.834,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.802,250</x:t>
+          <x:t>1.838,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.835,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.845,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.814,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.817,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.821,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.835,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.817,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.828,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.835,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.843,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.830,250</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>1.849,750</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.833,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.838,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.848,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.834,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.834,750</x:t>
-[...16 lines deleted...]
-          <x:t>1.815,250</x:t>
+          <x:t>1.844,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.853,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.855,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.822,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.831,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.832,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.851,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.831,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.844,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.849,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.850,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.797,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.809,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.804,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.818,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.803,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.814,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.819,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.823,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.802,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.803,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.798,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.800,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.804,250</x:t>
-[...75 lines deleted...]
-          <x:t>1.767,000</x:t>
+          <x:t>1.762,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.769,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.746,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.750,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.720,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.739,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.766,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.776,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.760,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.774,000</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>02.02.2026</x:t>
+          <x:t>11.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.766,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.797,750</x:t>
-[...387 lines deleted...]
-          <x:t>1.838,250</x:t>
+          <x:t>1.771,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.758,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.759,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.762,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.764,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.744,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.749,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.745,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.757,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.740,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.741,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>