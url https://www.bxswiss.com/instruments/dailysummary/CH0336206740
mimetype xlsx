--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1d91b6b170a4770" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R231faa90dada4202" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43a82eceab514f2e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba6bc3e16d3043e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f039481fbdf4cb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43a82eceab514f2e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R016c4f4966b14ee7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba6bc3e16d3043e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) Index Fund - Equities USA NSL AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0336206740</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.300,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.320,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.300,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.320,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.337,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.341,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.323,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.327,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.347,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.349,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.338,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.346,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.347,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.347,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.337,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.344,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.346,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.353,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.331,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.332,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.332,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.350,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.332,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.350,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.352,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.357,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.338,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.342,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.350,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.357,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.292,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.294,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.303,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.314,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.287,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3.288,500</x:t>
-[...112 lines deleted...]
-          <x:t>3.303,500</x:t>
+          <x:t>3.301,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.287,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.293,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.240,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.287,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.319,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.341,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.319,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.330,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.328,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.340,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.316,500</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...32 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.317,000</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...153 lines deleted...]
-          <x:t>02.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.261,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.308,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.245,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.287,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.321,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.343,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.321,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.341,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.343,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.351,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.338,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.347,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.348,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.348,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.325,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.326,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.336,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.340,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.325,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.337,750</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...173 lines deleted...]
-          <x:t>3.294,500</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.356,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.379,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.356,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.378,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.404,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.406,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.398,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.405,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.414,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.426,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.412,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.417,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.438,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.443,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.425,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.429,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.421,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.421,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.394,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.412,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.410,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.411,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.390,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.396,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>