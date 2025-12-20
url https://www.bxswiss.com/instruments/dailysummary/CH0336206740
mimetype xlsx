--- v1 (2025-11-02)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R231faa90dada4202" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re13f01b7f2824ef7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba6bc3e16d3043e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra377bc4d46c54fca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R016c4f4966b14ee7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba6bc3e16d3043e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66deaa38c5144b9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra377bc4d46c54fca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) Index Fund - Equities USA NSL AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0336206740</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>3.300,000</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.296,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.309,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.263,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.290,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.289,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.318,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.284,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.291,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.328,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.357,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.319,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.320,750</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>3.300,000</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.243,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.261,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.234,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.258,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.287,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.322,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.280,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.320,250</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>3.337,750</x:t>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.324,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.334,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.302,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.331,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.365,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.383,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.365,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.382,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.378,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.378,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.378,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.378,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.385,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.395,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.382,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.391,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.377,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.389,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.373,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.385,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.380,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.401,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.380,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.382,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.396,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.400,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.381,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.394,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.401,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.408,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.394,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.399,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.411,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.423,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.405,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.412,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.414,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.415,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.396,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.401,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.399,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.408,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.395,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.405,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.396,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.400,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.388,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.400,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.401,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.414,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.392,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.403,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.425,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.425,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.379,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.385,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.417,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.417,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.375,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.393,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.368,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.383,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.361,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.364,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.374,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.382,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.346,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.352,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.341,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3.323,750</x:t>
-[...232 lines deleted...]
-          <x:t>3.319,250</x:t>
+          <x:t>3.381,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.341,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3.319,250</x:t>
-[...318 lines deleted...]
-          <x:t>3.411,750</x:t>
+          <x:t>3.376,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.371,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.390,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3.396,250</x:t>
+          <x:t>3.361,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.389,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>