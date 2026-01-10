--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re13f01b7f2824ef7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R501a925064b249a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra377bc4d46c54fca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a75301223bb43fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66deaa38c5144b9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra377bc4d46c54fca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2c92d1b32104b7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a75301223bb43fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) Index Fund - Equities USA NSL AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0336206740</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...176 lines deleted...]
-          <x:t>3.365,250</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.399,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.408,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.395,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.405,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.396,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.400,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.388,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.400,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.401,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.414,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.392,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.403,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.425,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.425,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.379,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.385,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.417,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.417,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.375,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.393,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.368,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.383,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.361,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.364,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.374,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.382,750</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>3.377,250</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.346,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.352,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.341,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.381,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.341,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.376,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.371,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.390,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.361,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.389,750</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...104 lines deleted...]
-          <x:t>3.423,750</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.405,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3.412,250</x:t>
-[...10 lines deleted...]
-        <x:is>
           <x:t>3.414,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3.415,250</x:t>
-[...75 lines deleted...]
-          <x:t>3.401,250</x:t>
+          <x:t>3.403,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.412,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.414,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3.392,750</x:t>
-[...166 lines deleted...]
-          <x:t>3.389,750</x:t>
+          <x:t>3.422,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.410,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.421,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.438,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.438,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.422,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.423,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.426,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.429,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.426,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.429,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.411,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.433,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.411,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.432,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.430,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.441,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.426,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.432,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.447,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.453,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.443,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.449,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.436,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.437,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.425,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.432,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.435,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.454,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.433,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.451,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>