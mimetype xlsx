--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R501a925064b249a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7da74c53441b4ba5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a75301223bb43fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4083135f8a254d9f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2c92d1b32104b7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a75301223bb43fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4a5f15cab774dc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4083135f8a254d9f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) Index Fund - Equities USA NSL AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0336206740</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>3.399,750</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.408,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.442,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.390,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.404,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.378,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.409,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.371,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.405,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.419,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.437,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.419,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.432,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.435,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.437,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.420,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.433,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.429,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.450,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.422,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.449,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.460,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.466,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.453,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.465,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.475,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.475,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.460,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.463,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.470,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.470,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.407,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.422,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.423,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.450,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.423,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.436,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.410,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.457,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.410,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.455,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.461,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.463,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.431,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.431,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.431,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.432,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.408,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3.395,750</x:t>
-[...43 lines deleted...]
-          <x:t>3.401,250</x:t>
+          <x:t>3.417,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.418,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.418,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.356,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.374,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.361,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.414,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3.392,750</x:t>
-[...53 lines deleted...]
-          <x:t>3.375,250</x:t>
+          <x:t>3.361,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.411,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.430,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.451,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.419,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.450,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.449,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.460,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.445,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.451,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.445,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.462,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.423,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.436,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.447,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.452,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.393,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.393,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.382,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.398,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.364,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.393,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.393,250</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...89 lines deleted...]
-          <x:t>3.371,250</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.393,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.384,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.384,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.379,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.390,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3.361,250</x:t>
-[...53 lines deleted...]
-          <x:t>3.410,750</x:t>
+          <x:t>3.354,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.384,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.396,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.420,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.388,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.416,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.407,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.407,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.389,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.397,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.407,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.421,250</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>3.451,500</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.386,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.407,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>