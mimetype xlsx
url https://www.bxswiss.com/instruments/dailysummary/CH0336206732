--- v0 (2025-10-04)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82e9003e8b124c64" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R138011efeb954944" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf94ae013fd2a4b9d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c763ade88bd4399"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7ce39d806e648c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf94ae013fd2a4b9d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd441120d9b014db0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c763ade88bd4399" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) Index Fund - Equities Switzerland NSL AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0336206732</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>1.716,250</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.767,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.768,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.758,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.763,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.757,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.758,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.748,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.757,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.749,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.750,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.734,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.734,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.737,250</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>1.745,750</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.739,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.727,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.729,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.728,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.733,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.725,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.731,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.734,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.734,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.719,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.722,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.726,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.733,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.724,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.725,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.715,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.731,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.704,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.729,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.732,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.741,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.729,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.737,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.731,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.735,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.736,250</x:t>
-[...33 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>1.728,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.729,250</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...114 lines deleted...]
-          <x:t>1.713,250</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.732,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.733,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.718,250</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...342 lines deleted...]
-          <x:t>1.733,250</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.727,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.740,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.752,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.736,750</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>1.748,750</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.750,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.762,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.786,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.760,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.786,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.791,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.801,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.789,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.798,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.802,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.804,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.789,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.790,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.782,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.788,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.762,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.772,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.772,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.773,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.762,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.765,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.759,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.760,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.744,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.748,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.756,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.766,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.751,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.758,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.771,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.772,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.758,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.761,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.758,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.770,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.754,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.768,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.780,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.781,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.768,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.777,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>