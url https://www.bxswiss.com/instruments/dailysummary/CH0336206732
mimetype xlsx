--- v1 (2025-11-25)
+++ v2 (2026-01-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R138011efeb954944" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R259ca95f73744a1e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c763ade88bd4399"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5486948c96684659"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd441120d9b014db0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c763ade88bd4399" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5729130b8a73439c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5486948c96684659" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) Index Fund - Equities Switzerland NSL AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0336206732</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...382 lines deleted...]
-          <x:t>1.802,000</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.796,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.804,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.794,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.797,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.796,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.812,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.796,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.805,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.812,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.813,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.798,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.801,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.803,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.812,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.803,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.809,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.806,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.815,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.804,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.789,000</x:t>
-[...193 lines deleted...]
-          <x:t>1.777,000</x:t>
+          <x:t>1.810,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.810,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.819,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.809,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.817,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.817,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.819,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.809,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.812,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.805,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.811,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.797,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.809,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.807,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.812,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.802,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.808,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.813,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.819,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.803,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.803,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.809,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.825,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.808,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.825,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.831,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.837,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.821,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.825,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.823,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.829,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.820,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.824,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.823,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.839,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.823,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.839,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.841,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.846,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.833,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.845,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.839,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.843,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.834,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.843,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.847,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.859,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.845,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.854,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.855,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.857,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.848,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.850,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.851,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.855,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.848,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.855,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>