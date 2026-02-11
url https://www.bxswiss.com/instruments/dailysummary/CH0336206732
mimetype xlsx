--- v2 (2026-01-02)
+++ v3 (2026-02-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R259ca95f73744a1e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R968afe958ea24792" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5486948c96684659"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4672a39293bb444e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5729130b8a73439c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5486948c96684659" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R062c72d754a54407" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4672a39293bb444e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) Index Fund - Equities Switzerland NSL AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0336206732</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...328 lines deleted...]
-          <x:t>1.823,500</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.877,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.882,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.876,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.881,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.877,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.879,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.865,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.873,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.880,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.891,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.879,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.886,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.895,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.897,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.888,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.894,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.891,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.891,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.880,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.885,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.871,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.876,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.861,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.864,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.853,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.853,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.839,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.850,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.849,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.852,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.837,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.847,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.866,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.869,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.856,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.862,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.853,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.856,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.842,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.846,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.846,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.850,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.837,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.848,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.856,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.860,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.852,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.857,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.845,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.847,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.829,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.820,000</x:t>
-[...92 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>1.832,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.832,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.852,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.830,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.849,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.849,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.858,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.847,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.859,250</x:t>
-[...48 lines deleted...]
-          <x:t>1.851,000</x:t>
+          <x:t>1.850,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.855,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.848,500</x:t>
-[...4 lines deleted...]
-          <x:t>1.855,750</x:t>
+          <x:t>1.880,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.853,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.879,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.891,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.892,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.866,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.872,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.876,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.902,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.865,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.893,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.892,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.893,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.877,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.889,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.881,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.894,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.871,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.893,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.895,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.896,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.888,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.895,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.900,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.900,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.891,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.894,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>