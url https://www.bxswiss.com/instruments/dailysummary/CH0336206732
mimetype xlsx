--- v3 (2026-02-11)
+++ v4 (2026-03-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R968afe958ea24792" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4b23ad6a3224c56" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4672a39293bb444e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a7398feaf7f4d4c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R062c72d754a54407" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4672a39293bb444e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf23e13ab38ca4f68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a7398feaf7f4d4c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) Index Fund - Equities Switzerland NSL AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0336206732</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.891,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.892,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.866,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.872,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.876,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.902,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.865,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.893,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.892,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.893,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.877,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.882,750</x:t>
-[...48 lines deleted...]
-          <x:t>1.880,250</x:t>
+          <x:t>1.889,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.881,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.894,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.871,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.893,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.895,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.896,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.888,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.895,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.900,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.900,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.891,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.879,750</x:t>
-[...11 lines deleted...]
-          <x:t>15.01.2026</x:t>
+          <x:t>1.894,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.888,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.898,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.884,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.898,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.903,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.906,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.897,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.897,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.901,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.910,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.896,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.909,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.907,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.914,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.906,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.909,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.919,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.930,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.913,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.929,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.929,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.937,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.927,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.932,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.938,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.944,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.926,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.930,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.936,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.942,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.928,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.935,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.934,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.939,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.931,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.933,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.938,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.960,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.936,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.953,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.955,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.957,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.933,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.939,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.933,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.959,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.933,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.946,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.956,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.965,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.947,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.963,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.923,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.934,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.914,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.930,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.902,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.902,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.866,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.874,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.890,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.904,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.879,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.890,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.880,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.895,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.897,750</x:t>
-[...57 lines deleted...]
-        <x:is>
           <x:t>1.861,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.864,250</x:t>
-[...6 lines deleted...]
-          <x:t>20.01.2026</x:t>
+          <x:t>1.863,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.853,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.853,500</x:t>
-[...128 lines deleted...]
-        <x:is>
           <x:t>1.856,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.860,250</x:t>
-[...279 lines deleted...]
-          <x:t>1.894,250</x:t>
+          <x:t>1.820,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.834,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>