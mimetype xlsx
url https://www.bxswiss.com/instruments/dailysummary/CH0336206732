--- v4 (2026-03-07)
+++ v5 (2026-03-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4b23ad6a3224c56" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e2a6c3a9ec14005" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a7398feaf7f4d4c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a35bcfb64f54dfe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf23e13ab38ca4f68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a7398feaf7f4d4c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9d738b0456c492a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a35bcfb64f54dfe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) Index Fund - Equities Switzerland NSL AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0336206732</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,586 +149,208 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
-[...247 lines deleted...]
-          <x:t>1.907,750</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.934,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.939,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.931,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.933,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.938,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.960,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.936,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.953,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.955,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.957,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.933,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.939,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.933,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.959,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.933,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.946,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.956,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.965,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.947,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.963,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.923,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.934,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.914,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.906,250</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>1.930,250</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...251 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.902,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.902,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.866,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.874,500</x:t>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.853,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.856,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.820,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.834,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.785,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.817,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.784,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.815,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.838,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.847,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.822,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.828,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.811,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.826,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.803,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.815,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.803,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.816,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.801,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.806,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.793,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.829,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.788,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.811,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.815,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.827,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.802,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.822,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.820,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.835,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.820,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.830,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.834,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.834,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.800,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.805,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.786,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.787,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.763,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.763,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.771,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.775,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.743,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.744,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.717,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.770,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.704,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.752,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.762,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.774,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.748,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.772,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.794,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.802,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.790,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.795,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.792,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.799,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.780,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.791,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>