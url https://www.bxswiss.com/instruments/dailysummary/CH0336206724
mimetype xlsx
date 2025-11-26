--- v0 (2025-10-14)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28193d9f37f14a04" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2187478916934b06" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R687d4e8a1ed84dbc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6034b892bb4f4876"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbef8ac24f274446d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R687d4e8a1ed84dbc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35a86a2e61044b67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6034b892bb4f4876" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) Index Fund - Equities Pacific ex Japan AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0336206724</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>1.338,500</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.328,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.330,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.326,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.329,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.327,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.335,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.325,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.329,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.326,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.329,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.325,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.328,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.320,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.323,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.318,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.321,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.320,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.320,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.317,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.318,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.335,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.339,000</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>1.336,000</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.334,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.335,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.324,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.326,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.321,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.323,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.324,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.329,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.322,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.327,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.334,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.336,500</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>1.332,500</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.321,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.321,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.323,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.324,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.309,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.310,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.330,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.333,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.328,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.332,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.328,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.329,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.320,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.321,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.324,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.325,000</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...170 lines deleted...]
-          <x:t>1.300,500</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.321,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.323,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.319,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.320,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.303,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.303,500</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...330 lines deleted...]
-          <x:t>1.319,000</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.288,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.297,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.280,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.296,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.292,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.293,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.290,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.292,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.267,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.275,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.266,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.275,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.270,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.278,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.270,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.275,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.288,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.292,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.283,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.284,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.258,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.266,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.258,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.265,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.285,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.287,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.279,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.286,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.284,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.287,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.279,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.282,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>