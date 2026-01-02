--- v1 (2025-11-26)
+++ v2 (2026-01-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2187478916934b06" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab99e5ba31ca46b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6034b892bb4f4876"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R500a721b0ad149ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35a86a2e61044b67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6034b892bb4f4876" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84f90b64323b4a0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R500a721b0ad149ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) Index Fund - Equities Pacific ex Japan AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0336206724</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...95 lines deleted...]
-          <x:t>1.318,000</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.295,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.297,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.292,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.295,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.300,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.303,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.299,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.301,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.301,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.302,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.298,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.300,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.308,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.309,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.304,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.308,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.312,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.317,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.306,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.316,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.309,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.314,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.309,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.313,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.308,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.312,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.306,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.310,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.307,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.309,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.301,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.303,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.299,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.300,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.291,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.293,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.312,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.314,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.301,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.303,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.305,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.310,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.302,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.305,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.298,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.299,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.292,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.293,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.296,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.296,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.285,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.285,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.290,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.294,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.288,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.292,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.296,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.299,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.294,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.298,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.306,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.307,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.304,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.306,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.318,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.321,500</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...246 lines deleted...]
-          <x:t>13.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.316,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.319,500</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...227 lines deleted...]
-          <x:t>1.282,750</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.313,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.316,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.309,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.312,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.315,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.316,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.313,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.315,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>