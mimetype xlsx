--- v2 (2026-01-02)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab99e5ba31ca46b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcc35b82b9bd4867" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R500a721b0ad149ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R760ecc76c56d4f2a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84f90b64323b4a0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R500a721b0ad149ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33869fd0e845455e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R760ecc76c56d4f2a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) Index Fund - Equities Pacific ex Japan AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0336206724</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>1.315,500</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.340,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.341,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.325,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.330,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.333,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.346,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.331,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.344,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.354,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.354,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.351,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.353,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.357,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.360,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.357,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.357,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.348,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.349,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.344,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.346,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.364,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.365,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.352,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.354,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.360,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.368,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.360,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.367,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.372,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.375,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.359,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.362,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.358,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.364,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.357,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.362,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.349,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.367,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.348,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.365,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.379,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.380,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.368,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.370,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.391,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.391,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.384,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.385,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.382,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.382,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.374,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.380,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.358,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.365,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.358,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.362,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.380,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.380,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.373,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.377,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.372,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.373,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.365,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.371,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.392,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.408,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.391,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.404,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.412,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.413,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.403,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.404,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.385,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.386,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.380,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.382,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.387,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.390,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.385,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.386,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.390,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.395,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.387,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.393,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.396,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.398,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.393,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.397,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.417,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.418,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.408,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.412,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.413,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.434,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.412,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.434,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>