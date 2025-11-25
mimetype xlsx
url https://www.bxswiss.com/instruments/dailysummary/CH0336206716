--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2dc85553a6284b8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64034f4d72cf4084" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06effa15e5c34f84"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c9d6961806348cd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50351acdde52458f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06effa15e5c34f84" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0b91b30b2e44d64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c9d6961806348cd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) Index Fund - Equities Japan AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0336206716</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>271.990,000</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278.785,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279.335,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278.775,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279.335,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284.025,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284.025,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284.025,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284.025,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282.050,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283.080,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282.050,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282.090,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281.810,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282.785,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281.790,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281.790,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283.460,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284.035,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283.460,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283.460,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287.145,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287.185,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286.610,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286.610,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285.735,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286.630,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285.735,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286.630,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284.115,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284.115,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282.685,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282.685,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280.250,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282.505,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280.250,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282.505,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283.895,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284.465,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282.155,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283.875,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283.260,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283.280,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280.715,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280.715,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284.425,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284.710,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284.415,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284.415,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285.595,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285.595,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285.050,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285.050,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288.420,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289.285,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288.420,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289.285,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290.545,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290.545,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286.490,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286.490,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288.360,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288.370,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286.045,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288.370,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286.420,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286.420,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285.805,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285.805,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277.735,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278.310,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276.910,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276.910,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278.030,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279.055,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278.030,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279.055,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282.605,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283.220,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282.040,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283.190,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280.545,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282.245,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279.400,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280.600,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282.585,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283.160,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282.305,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283.140,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>