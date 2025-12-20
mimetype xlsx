--- v1 (2025-11-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64034f4d72cf4084" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9968b0cbe0304944" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c9d6961806348cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e994cbf880641ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0b91b30b2e44d64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c9d6961806348cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R082bc51d994840b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e994cbf880641ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) Index Fund - Equities Japan AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0336206716</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...139 lines deleted...]
-          <x:t>287.145,000</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278.030,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279.055,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278.030,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279.055,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282.605,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283.220,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282.040,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283.190,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280.545,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282.245,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279.400,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280.600,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282.585,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283.160,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282.305,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283.140,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281.005,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281.005,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280.160,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281.005,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286.690,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287.245,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286.670,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287.245,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287.755,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287.835,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>287.185,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>286.610,000</x:t>
-[...436 lines deleted...]
-          <x:t>283.140,000</x:t>
+          <x:t>287.835,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288.330,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288.330,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288.320,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288.320,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284.730,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285.010,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283.670,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284.155,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285.400,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286.790,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285.400,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286.790,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285.080,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285.080,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283.360,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283.360,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291.055,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291.055,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289.575,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291.045,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287.795,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288.440,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287.795,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287.855,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289.355,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289.355,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289.325,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289.325,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289.485,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290.380,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289.485,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289.505,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289.690,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289.690,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289.105,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289.105,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287.185,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288.340,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287.185,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288.340,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293.030,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293.030,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288.580,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290.645,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294.285,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294.285,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293.250,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293.590,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287.955,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287.970,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287.955,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287.970,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288.330,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288.330,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287.405,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287.990,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286.370,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287.245,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286.370,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287.245,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289.780,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290.340,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289.770,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290.340,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>