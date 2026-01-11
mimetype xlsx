--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9968b0cbe0304944" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ce0d89fdda447a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e994cbf880641ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbab9a78a92724962"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R082bc51d994840b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e994cbf880641ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R408b60befe9d4674" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbab9a78a92724962" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) Index Fund - Equities Japan AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0336206716</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...139 lines deleted...]
-          <x:t>286.690,000</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289.690,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289.690,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289.105,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289.105,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287.185,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288.340,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287.185,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288.340,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293.030,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293.030,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288.580,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290.645,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294.285,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294.285,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293.250,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293.590,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287.955,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287.970,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287.955,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287.970,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288.330,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288.330,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287.405,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287.990,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286.370,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>287.245,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>286.670,000</x:t>
+          <x:t>286.370,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>287.245,000</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>289.780,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>290.340,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>289.770,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>290.340,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290.955,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290.975,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290.955,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290.975,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292.325,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292.345,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292.325,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292.345,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292.255,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292.255,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291.660,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291.660,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290.895,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290.895,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290.895,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290.895,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296.850,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297.760,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296.850,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297.760,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303.090,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303.090,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300.975,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300.975,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300.060,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300.130,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300.060,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300.130,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297.965,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298.530,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297.935,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298.530,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300.180,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301.355,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300.180,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301.355,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>