--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ce0d89fdda447a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a3254574069443c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbab9a78a92724962"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f43e1bbe9bb415c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R408b60befe9d4674" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbab9a78a92724962" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R089c1941f3d94840" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f43e1bbe9bb415c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) Index Fund - Equities Japan AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0336206716</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>301.355,000</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306.800,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308.610,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306.760,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308.610,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308.935,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309.555,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308.935,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309.525,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309.455,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309.455,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308.520,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308.540,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303.300,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303.300,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301.770,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301.780,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304.405,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304.405,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302.180,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302.180,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303.260,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303.260,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302.340,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302.345,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303.390,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303.390,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300.290,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300.290,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304.375,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306.260,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304.375,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306.250,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302.560,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304.415,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302.470,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303.075,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309.915,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309.915,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308.975,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308.980,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311.800,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313.915,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311.800,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313.915,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312.985,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312.985,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311.890,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311.900,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316.170,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320.640,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316.170,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320.630,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322.485,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323.850,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321.895,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321.895,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330.160,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331.895,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330.150,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330.220,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331.555,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332.945,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331.555,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332.945,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330.675,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330.675,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328.660,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330.675,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326.905,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328.575,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326.905,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328.575,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323.660,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323.660,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323.630,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323.630,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322.100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322.100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320.945,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320.945,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324.755,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324.755,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324.735,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324.735,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328.360,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328.400,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328.360,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328.400,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324.515,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327.815,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324.515,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327.815,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>