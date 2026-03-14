--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a3254574069443c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re207e80a5e3c4169" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f43e1bbe9bb415c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R914a102f32824af1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R089c1941f3d94840" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f43e1bbe9bb415c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ef560c3a54c47a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R914a102f32824af1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) Index Fund - Equities Japan AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0336206716</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>330.160,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>331.895,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>330.150,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>330.220,000</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>324.515,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>327.815,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>324.515,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>327.815,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324.545,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324.545,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324.495,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324.495,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325.500,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325.825,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325.500,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325.825,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328.270,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329.925,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328.270,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329.925,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331.275,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332.305,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329.965,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329.965,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336.485,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337.160,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335.215,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335.215,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330.205,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330.205,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327.925,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329.270,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319.585,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319.585,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313.030,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314.005,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310.755,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315.460,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310.755,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315.345,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315.305,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316.255,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313.595,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314.230,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316.535,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316.535,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310.800,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310.800,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304.435,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306.635,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304.435,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306.635,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312.250,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315.240,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312.100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312.725,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315.040,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315.040,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312.615,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312.615,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312.365,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312.675,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309.255,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309.255,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308.655,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309.505,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308.655,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309.505,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>