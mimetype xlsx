--- v0 (2025-10-06)
+++ v1 (2025-11-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b196bd3fba34aaa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd36439a169a049e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac6e167bff1f49dd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb296981cfef84917"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R649d99ad558d4f42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac6e167bff1f49dd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfffc5c9225704cd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb296981cfef84917" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) Index Fund - Equities Europe ex CH NSL AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0336206690</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>15.09.2025</x:t>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.596,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.597,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.585,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.592,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.590,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.593,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.585,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.587,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.589,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.600,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.589,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.600,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.601,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.602,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.593,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.594,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.594,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.598,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.567,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.567,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.575,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.583,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.573,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.579,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.563,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.573,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.557,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.571,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.582,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.588,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.579,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.581,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.577,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.589,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.573,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.586,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.554,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.562,000</x:t>
-[...139 lines deleted...]
-          <x:t>1.545,000</x:t>
+          <x:t>1.572,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.549,000</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...118 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.564,000</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>1.562,500</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.578,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.581,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.572,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.581,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.579,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.586,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.577,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.584,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.580,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.587,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.580,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.581,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.588,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.591,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.584,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.589,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.591,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.593,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.585,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.593,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.599,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.603,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.596,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.601,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.597,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.602,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.595,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.597,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.597,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.610,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.597,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.604,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.602,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.603,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.593,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.600,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.600,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.600,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.593,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.595,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.597,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.606,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.597,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.601,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.581,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.594,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.573,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.592,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.587,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.562,500</x:t>
-[...43 lines deleted...]
-          <x:t>1.598,250</x:t>
+          <x:t>1.601,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.586,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.600,750</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>1.596,750</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.597,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.601,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.588,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.589,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>