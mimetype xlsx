--- v1 (2025-11-07)
+++ v2 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd36439a169a049e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reff7e4e28ce04c98" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb296981cfef84917"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57f01f87275a4b8e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfffc5c9225704cd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb296981cfef84917" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R600659f85e524d62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57f01f87275a4b8e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) Index Fund - Equities Europe ex CH NSL AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0336206690</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>1.596,750</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.587,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.588,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.577,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.580,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.558,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.563,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.549,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.556,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.556,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.572,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.552,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.563,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.576,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.583,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.569,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.569,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.549,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.563,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.545,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.563,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.575,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.577,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.561,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.569,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.569,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.588,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.567,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.587,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.591,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.605,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.586,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.603,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.602,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.608,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.600,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.605,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.605,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.611,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.602,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.608,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.603,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.608,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.597,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.585,000</x:t>
-[...448 lines deleted...]
-          <x:t>1.597,250</x:t>
+          <x:t>1.606,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.607,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.615,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.606,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.608,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.611,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.616,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.605,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.610,750</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...168 lines deleted...]
-          <x:t>1.589,000</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.617,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.623,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.612,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.622,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.627,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.630,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.623,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.624,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.620,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.628,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.620,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.625,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.628,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.631,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.622,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.625,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.622,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.624,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.616,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.618,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.619,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.629,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.613,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.624,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.630,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.633,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.615,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.618,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.623,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.632,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.622,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.632,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.628,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.633,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.618,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.621,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>