--- v2 (2025-12-17)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reff7e4e28ce04c98" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8b0ff92280d444c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57f01f87275a4b8e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd865eedffc14f34"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R600659f85e524d62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57f01f87275a4b8e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85b048f2967e4e80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd865eedffc14f34" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) Index Fund - Equities Europe ex CH NSL AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0336206690</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...328 lines deleted...]
-          <x:t>1.611,750</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.620,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.628,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.620,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.625,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.628,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.631,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.622,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.625,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.622,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.624,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.616,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.618,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.619,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.629,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.613,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.624,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.630,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.633,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.615,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.618,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.623,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.632,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.622,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.632,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.628,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.633,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.618,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.621,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.625,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.629,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.617,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.618,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.618,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.628,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.616,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.605,750</x:t>
-[...42 lines deleted...]
-        <x:is>
           <x:t>1.627,750</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>1.620,750</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.628,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.620,250</x:t>
-[...11 lines deleted...]
-          <x:t>09.12.2025</x:t>
+          <x:t>1.638,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.626,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.637,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.635,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.637,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.628,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.631,250</x:t>
-[...75 lines deleted...]
-          <x:t>1.630,750</x:t>
+          <x:t>1.633,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.633,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.615,750</x:t>
-[...26 lines deleted...]
-          <x:t>1.622,250</x:t>
+          <x:t>1.637,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.628,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.633,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.632,250</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>1.621,750</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.638,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.630,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.634,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.635,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.644,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.634,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.644,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.664,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.673,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.662,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.673,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.678,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.688,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.674,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.686,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.685,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.688,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.683,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.687,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.684,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.686,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.678,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.683,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>