--- v3 (2026-01-09)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8b0ff92280d444c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fef6cb386714db7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd865eedffc14f34"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53d6bdaf11a445ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85b048f2967e4e80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd865eedffc14f34" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88de1bdb59ed4fa9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53d6bdaf11a445ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) Index Fund - Equities Europe ex CH NSL AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0336206690</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...392 lines deleted...]
-          <x:t>1.662,000</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.676,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.676,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.660,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.673,000</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.672,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.682,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.659,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.678,000</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.695,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.698,500</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.688,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1.693,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.692,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.694,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.686,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.689,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.683,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.687,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1.674,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.686,500</x:t>
-[...6 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>1.684,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.690,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.691,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.681,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.686,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.686,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.688,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.675,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.678,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.682,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.686,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.661,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.663,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.666,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.678,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.666,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.673,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.668,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.704,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.668,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.701,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.710,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.711,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.688,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.692,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.699,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.707,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.692,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.694,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.691,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.695,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.662,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.672,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.672,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.689,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.667,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.688,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.698,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.698,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.682,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.694,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.693,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.695,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.686,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.691,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.692,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.709,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.686,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.703,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.712,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.713,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.683,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.683,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.686,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.689,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.672,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.681,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.685,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.688,000</x:t>
+          <x:t>1.690,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.683,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.687,000</x:t>
-[...26 lines deleted...]
-          <x:t>1.683,000</x:t>
+          <x:t>1.684,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.680,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.695,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.678,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.694,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.701,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.716,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.701,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.714,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.710,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.712,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.698,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.703,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.710,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.729,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.707,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.722,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>