--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fef6cb386714db7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R717c2bb7cd6c4c19" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53d6bdaf11a445ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc22aa2579724457"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88de1bdb59ed4fa9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53d6bdaf11a445ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R209231af6d7740d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc22aa2579724457" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) Index Fund - Equities Europe ex CH NSL AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0336206690</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>1.659,500</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.693,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.695,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.686,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.691,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.692,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.709,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.686,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.703,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.712,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.713,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.683,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.683,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.686,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.689,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.672,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.681,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.685,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.690,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.683,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.684,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.680,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.695,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.678,000</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...207 lines deleted...]
-          <x:t>1.668,000</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.694,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.701,500</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>1.699,250</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.716,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.701,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.714,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.710,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.712,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.698,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.703,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.710,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.729,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.707,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.692,000</x:t>
-[...38 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>1.722,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.717,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.727,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.711,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.714,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.710,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.720,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.706,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.716,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.722,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.728,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.720,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.728,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.728,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.737,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.724,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.730,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.731,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.736,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.712,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.723,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.685,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.703,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.683,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.699,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.672,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.689,750</x:t>
-[...279 lines deleted...]
-          <x:t>1.722,750</x:t>
+          <x:t>1.672,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.631,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.638,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.647,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.670,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.639,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.664,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.655,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.675,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.636,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.636,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.644,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.651,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.602,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.616,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.574,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.610,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.572,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.609,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.642,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.650,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.631,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.643,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.630,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.639,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.620,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.629,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.629,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.635,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.615,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.625,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.610,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.638,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.606,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.618,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>