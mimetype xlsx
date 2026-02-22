--- v0 (2025-10-10)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50ddb07bcfc047f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radf00604788f4c3d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1efdf09051e4719"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3484accc13bf44d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd85884ebedb4bf8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1efdf09051e4719" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R602c6f1ffa114f16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3484accc13bf44d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) Index Fund - Equities Canada AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0336206674</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>2.386,250</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.574,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.588,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.568,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.579,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.585,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.595,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.575,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.586,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.587,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.593,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.578,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.591,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.591,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.609,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.586,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.595,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.597,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.597,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.574,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.586,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.596,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.600,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.576,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.583,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.596,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.609,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.558,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.568,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.560,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.576,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.517,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.519,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.485,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.530,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.485,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.528,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.533,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.549,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.533,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.534,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.542,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.549,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.531,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.542,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.561,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.561,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.509,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.519,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.512,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.546,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.512,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.529,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.546,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.571,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.546,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.571,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.586,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.607,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.586,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.607,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.611,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.641,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.588,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.591,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.609,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.609,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.560,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.560,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.549,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.585,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.547,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.584,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.599,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.599,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.592,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.592,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.589,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.589,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.555,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.577,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.587,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.619,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.582,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.619,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.620,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.630,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.609,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.622,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.640,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.648,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.632,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.641,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>