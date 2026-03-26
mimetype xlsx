--- v1 (2026-02-22)
+++ v2 (2026-03-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radf00604788f4c3d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c8cfef7113a4e8d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3484accc13bf44d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R636dfdc74a854915"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R602c6f1ffa114f16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3484accc13bf44d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R057ae99e0f36434f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R636dfdc74a854915" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) Index Fund - Equities Canada AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0336206674</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>2.588,750</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.637,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.663,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.631,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.635,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.648,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.651,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.630,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.644,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.654,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.670,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.653,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.666,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.667,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.683,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.663,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.681,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.695,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.695,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.674,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.678,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.638,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.689,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.638,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.686,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.669,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.669,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.594,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.629,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.641,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.666,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.641,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.658,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.652,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.663,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.625,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.627,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.643,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.643,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.582,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.607,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.557,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.580,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.534,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.579,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.613,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.628,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.603,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.622,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.609,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.613,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.592,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.594,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.587,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.602,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.579,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.587,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.573,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.598,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.568,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2.579,750</x:t>
-[...43 lines deleted...]
-          <x:t>2.593,250</x:t>
+          <x:t>2.572,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.577,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.596,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.572,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.578,750</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>2.576,750</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.583,250</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...84 lines deleted...]
-          <x:t>03.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.619,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.583,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.604,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.611,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.611,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.563,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.572,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.544,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.549,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.500,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.514,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.529,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.538,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.483,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.491,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.460,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.533,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2.549,750</x:t>
-[...26 lines deleted...]
-          <x:t>2.549,000</x:t>
+          <x:t>2.460,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.508,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.531,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2.542,500</x:t>
-[...323 lines deleted...]
-          <x:t>2.641,250</x:t>
+          <x:t>2.541,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.499,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.538,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.547,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.565,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.540,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.551,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>