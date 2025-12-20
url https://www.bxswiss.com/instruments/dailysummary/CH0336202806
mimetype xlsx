--- v0 (2025-10-09)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd489fefeec0042ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra063890f0c524f8c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba8abed7d31f4036"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc79b666b74404f79"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81072f9ee760455f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba8abed7d31f4036" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R512eb2c21a7c4175" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc79b666b74404f79" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) Index Fund - Equities Japan AHC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0336202806</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>2.639,750</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.645,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.656,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.645,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.656,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.690,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.696,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.685,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.696,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.671,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.687,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.659,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.670,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.689,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.695,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.687,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.694,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.674,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.674,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.666,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.674,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.728,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.733,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.728,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.733,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.738,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.738,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.732,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.738,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.743,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.743,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.743,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.743,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.709,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.711,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.698,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.703,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.715,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.728,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.715,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.728,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.711,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.711,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.695,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.695,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.768,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.768,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.754,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.768,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.737,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.743,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.737,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.738,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.752,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.752,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.752,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.752,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.753,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.762,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.753,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.753,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.755,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.755,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.749,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.749,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.731,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.742,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.731,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.742,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.786,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.786,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.744,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.764,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.798,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.798,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.789,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.791,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.738,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.738,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.738,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.738,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.741,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.741,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.733,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.738,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.723,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.731,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.723,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.731,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.756,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.761,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.756,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.761,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>