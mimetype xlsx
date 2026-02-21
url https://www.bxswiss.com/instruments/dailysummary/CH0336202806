--- v1 (2025-12-20)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra063890f0c524f8c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90d442fd1ac14fe1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc79b666b74404f79"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4e8e7d0a2634cb6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R512eb2c21a7c4175" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc79b666b74404f79" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95875fb5ce2847ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4e8e7d0a2634cb6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) Index Fund - Equities Japan AHC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0336202806</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...613 lines deleted...]
-          <x:t>2.761,500</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.915,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.930,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.912,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.930,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.933,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.940,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.933,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.940,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.939,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.939,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.929,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.929,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.879,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.879,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.865,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.865,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.889,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.889,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.870,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.870,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.880,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.880,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.871,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.871,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.881,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.881,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.852,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.852,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.890,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.909,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.890,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.909,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.873,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.891,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.872,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.878,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.943,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.943,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.934,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.934,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.961,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.979,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.961,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.979,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.971,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.971,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.960,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.960,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.000,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.043,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.000,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.043,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.060,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.073,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.054,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.054,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.133,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.149,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.132,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.132,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.144,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.158,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.144,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.158,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.137,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.137,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.118,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.137,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.101,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.120,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.101,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.120,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.073,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.073,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.072,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.072,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.058,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.058,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.046,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.046,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.083,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.083,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.083,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.083,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.117,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.117,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.116,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.116,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.079,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.111,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.079,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.111,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>