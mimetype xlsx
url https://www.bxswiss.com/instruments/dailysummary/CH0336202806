--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90d442fd1ac14fe1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8ef7acfb28241de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4e8e7d0a2634cb6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25b1454ee4d14ede"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95875fb5ce2847ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4e8e7d0a2634cb6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d0a34ec6d2a4ca1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25b1454ee4d14ede" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) Index Fund - Equities Japan AHC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0336202806</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>2.915,000</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.133,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.149,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.132,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.132,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.144,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.158,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.144,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.158,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.137,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.137,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.118,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.137,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.101,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.120,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.101,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.120,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.073,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.073,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.072,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.072,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.058,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.058,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.046,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.046,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.083,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.083,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.083,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.083,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.117,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.117,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.116,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.116,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.079,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.111,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.079,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.111,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.080,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.080,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.079,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.079,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.089,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.092,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.089,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.092,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.115,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.129,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.114,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.129,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.142,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.152,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.129,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.129,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.190,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.197,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.179,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.179,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.131,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.131,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.108,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.120,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.028,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.028,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.966,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.976,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.945,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.989,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.945,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.987,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.987,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.996,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.970,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.976,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.998,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.998,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.944,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.944,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.884,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.905,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.884,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.905,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.958,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.986,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.957,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.963,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.984,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.984,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.962,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.962,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.959,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.962,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.930,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2.912,750</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>2.930,500</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...586 lines deleted...]
-          <x:t>3.111,500</x:t>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.924,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.932,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.924,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.932,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>