--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R033ec379ef304ff5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56debd6ddfaa4deb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c4d64069a654423"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58f235e3c53e4c98"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50c0151650cf41a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c4d64069a654423" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b3b70fb1eb24a4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58f235e3c53e4c98" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) IF - Equities Switzerland Minimum Volatility NSL CHF IAC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0334161517</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>1.908,750</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.894,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.899,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.890,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.890,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.875,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.876,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.869,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.870,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.859,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.870,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.858,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.866,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.865,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.879,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.862,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.873,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.881,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.892,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.879,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.891,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.891,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.900,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.885,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.897,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.915,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.898,250</x:t>
-[...43 lines deleted...]
-          <x:t>1.925,250</x:t>
+          <x:t>1.931,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.915,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.930,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.946,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.946,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.923,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.926,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.931,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.941,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.928,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.934,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.937,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.940,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.929,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.937,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.937,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.943,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.932,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.938,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.941,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.961,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.941,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.959,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.960,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.962,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.951,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.951,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.949,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.959,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.934,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.935,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.939,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.947,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.925,250</x:t>
-[...65 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>1.936,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.945,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.933,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.946,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.929,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.933,250</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>10.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.938,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.941,750</x:t>
-[...421 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>1.959,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.938,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.957,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.953,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.984,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.950,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.976,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.952,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.964,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.946,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.946,250</x:t>
-[...36 lines deleted...]
-          <x:t>1.934,750</x:t>
+          <x:t>1.963,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.959,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.967,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.953,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.964,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.967,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.967,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.957,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.966,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.956,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.972,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.955,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.969,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.970,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.974,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.966,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.969,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.974,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.976,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.964,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.975,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>