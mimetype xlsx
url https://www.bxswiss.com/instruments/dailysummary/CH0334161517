--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56debd6ddfaa4deb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91d3cb7f9728436a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58f235e3c53e4c98"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R631a48799a1d4367"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b3b70fb1eb24a4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58f235e3c53e4c98" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7120341006f4822" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R631a48799a1d4367" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) IF - Equities Switzerland Minimum Volatility NSL CHF IAC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0334161517</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...301 lines deleted...]
-          <x:t>1.941,750</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.961,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.941,250</x:t>
-[...16 lines deleted...]
-          <x:t>1.960,000</x:t>
+          <x:t>1.971,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.953,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.969,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.962,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.971,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.959,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.963,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.968,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.975,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.956,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.957,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.962,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.951,250</x:t>
-[...124 lines deleted...]
-          <x:t>1.953,250</x:t>
+          <x:t>1.988,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.962,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.987,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.995,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.000,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.982,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.986,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.984,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.989,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.980,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.984,000</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...168 lines deleted...]
-          <x:t>1.975,500</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.983,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.005,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.983,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.004,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.007,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.010,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.997,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.009,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.003,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.007,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.997,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.007,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.011,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.026,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.009,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.022,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.018,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.020,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.010,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.012,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.013,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.018,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.010,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.018,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.013,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.020,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.005,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.019,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.025,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.038,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.015,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.036,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.042,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.045,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.028,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.035,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.037,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.041,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.028,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.037,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.044,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.049,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.037,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.048,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>