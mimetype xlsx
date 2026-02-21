--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91d3cb7f9728436a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R586c059fecd04355" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R631a48799a1d4367"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a0fe189175545a2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7120341006f4822" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R631a48799a1d4367" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re42caca5566d488e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a0fe189175545a2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) IF - Equities Switzerland Minimum Volatility NSL CHF IAC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0334161517</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...193 lines deleted...]
-          <x:t>2.007,000</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.012,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.016,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.000,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.015,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.015,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.017,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.998,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.009,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.030,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.032,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.018,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.025,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.015,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.018,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.002,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.006,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.006,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.013,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.996,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.010,500</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>2.011,000</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.019,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.023,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.013,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.019,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.005,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.008,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.991,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.996,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.995,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.032,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.993,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.029,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.029,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.037,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.026,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2.009,500</x:t>
-[...134 lines deleted...]
-          <x:t>2.028,000</x:t>
+          <x:t>2.029,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.035,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.058,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.032,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.057,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.070,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.071,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.035,000</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>2.048,500</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.041,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.045,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.079,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.034,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.070,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.069,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.075,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.058,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.075,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.065,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.085,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.055,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.083,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.085,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.086,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.078,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.086,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.091,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.091,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.080,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.084,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.077,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.088,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.072,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.088,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.093,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.094,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.083,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.084,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.088,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.101,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.086,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.100,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.098,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.107,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.096,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.102,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.113,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.122,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.106,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.121,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.121,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.131,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.119,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.125,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.132,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.138,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.113,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.117,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.124,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.134,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.115,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.126,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>