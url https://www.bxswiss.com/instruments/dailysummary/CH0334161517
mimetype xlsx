--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R586c059fecd04355" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfedc30425f5b41f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a0fe189175545a2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3e595797a0a4b53"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re42caca5566d488e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a0fe189175545a2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra231e718038c4733" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3e595797a0a4b53" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) IF - Equities Switzerland Minimum Volatility NSL CHF IAC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0334161517</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>2.018,000</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.091,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.091,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.080,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.084,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.077,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.088,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.072,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.088,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.093,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.094,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.083,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.084,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.088,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.101,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.086,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.100,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.098,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.107,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.096,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.102,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.113,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.122,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.106,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.121,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.121,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.131,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.119,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.125,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.132,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.138,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.113,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.117,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.124,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.134,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.115,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.126,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.124,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.130,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.121,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.123,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.129,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.159,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.127,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.151,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.153,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.156,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.129,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.135,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.129,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.152,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.129,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.138,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.149,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.165,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.146,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.164,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.121,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.133,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.111,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.128,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.101,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.101,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.064,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.076,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.093,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.117,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.081,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.102,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.091,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.107,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.067,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.068,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.057,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.060,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.025,000</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>1.996,500</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.041,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.986,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.031,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.986,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.029,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.055,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.069,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.044,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.049,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.031,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.035,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.020,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.023,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.010,500</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>2.126,250</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.025,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.007,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.012,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.999,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.043,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.993,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.024,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>