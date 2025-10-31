--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f7158985e794713" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a4b4fe2c7034fda" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc14cead4dc394177"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6879c6a6bdc74011"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35de0a5a86f54440" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc14cead4dc394177" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ff4e754526e4c90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6879c6a6bdc74011" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) Index Fund - Equities Sw Min Volatility NSL AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0334161509</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.753,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.763,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.751,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.762,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.761,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.771,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.756,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.768,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.785,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.799,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.785,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.798,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.814,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.814,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.792,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.794,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.800,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.809,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1.797,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.803,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.805,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.808,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.798,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.806,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.805,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.811,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.800,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.806,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.810,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.827,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1.809,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.796,250</x:t>
+          <x:t>1.826,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.826,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.828,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.818,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.819,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.817,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.826,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.803,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.803,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.806,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.814,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.804,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.812,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.801,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.814,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.797,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.801,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.807,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.825,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.806,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.824,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.820,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.848,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.817,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.841,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.825,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.830,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.814,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.829,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.826,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.833,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.820,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.826,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.828,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.832,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.821,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.832,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.822,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.837,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.822,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.835,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.835,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.839,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.832,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.835,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.839,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.841,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.830,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.840,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.834,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.835,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.822,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.831,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.823,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.823,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.807,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.807,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.810,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.812,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.801,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.804,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.802,500</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...489 lines deleted...]
-          <x:t>03.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.807,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.794,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.800,000</x:t>
-        </x:is>
-[...94 lines deleted...]
-          <x:t>1.826,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>