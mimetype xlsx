--- v1 (2025-10-31)
+++ v2 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a4b4fe2c7034fda" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5914bd1eaa34d0d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6879c6a6bdc74011"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a8d841bf2c54f32"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ff4e754526e4c90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6879c6a6bdc74011" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R975cb886085447ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a8d841bf2c54f32" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) Index Fund - Equities Sw Min Volatility NSL AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0334161509</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>1.785,250</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.834,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.835,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.822,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.831,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.823,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.823,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.807,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.807,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.810,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.812,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.801,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.804,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.802,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.807,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.794,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.800,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.803,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.803,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.790,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.792,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.797,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.804,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.794,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.796,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.786,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.801,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.774,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.799,500</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>1.785,250</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.802,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.811,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.799,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.807,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.801,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.804,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.795,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.796,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.799,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.803,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.790,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.802,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.815,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.830,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.811,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.828,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.839,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.855,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.838,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.855,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.860,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.865,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.850,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.855,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.859,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.861,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.841,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.843,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.834,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.840,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.817,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.828,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.827,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.828,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.811,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.815,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.809,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.809,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.792,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.797,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.805,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.814,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.800,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.806,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.819,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.820,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.802,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.805,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.802,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.814,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.798,500</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...209 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.812,500</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...53 lines deleted...]
-          <x:t>16.10.2025</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.824,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.824,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.811,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.820,000</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...180 lines deleted...]
-          <x:t>27.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.818,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.834,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.835,000</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>1.812,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.801,500</x:t>
-[...31 lines deleted...]
-          <x:t>1.800,000</x:t>
+          <x:t>1.834,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>