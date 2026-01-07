--- v2 (2025-11-26)
+++ v3 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5914bd1eaa34d0d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R611c04c3f9e74310" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a8d841bf2c54f32"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e089b3648ab489f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R975cb886085447ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a8d841bf2c54f32" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83519306cf6749da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e089b3648ab489f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) Index Fund - Equities Sw Min Volatility NSL AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0334161509</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.845,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.854,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.842,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.845,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.845,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.847,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.832,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.835,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.828,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.836,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.820,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.834,500</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>1.835,000</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.832,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.836,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.825,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.829,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.834,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.840,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.822,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.831,000</x:t>
-[...264 lines deleted...]
-          <x:t>1.811,500</x:t>
+          <x:t>1.823,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.828,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.852,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.828,000</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>1.834,000</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.851,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.858,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.864,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.846,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.850,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.849,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.853,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.845,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.848,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.847,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.868,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.847,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.867,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.869,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.873,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.860,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.872,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.866,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.870,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.860,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.870,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.873,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.888,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.872,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.884,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.880,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.882,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.873,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.875,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.876,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.880,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.873,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.880,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.876,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.882,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.867,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.880,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.887,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.899,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.877,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.897,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>