--- v3 (2026-01-07)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R611c04c3f9e74310" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63b7a051557741c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e089b3648ab489f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33a37b0420ed4d09"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83519306cf6749da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e089b3648ab489f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref6c9cd3b5914410" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33a37b0420ed4d09" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) Index Fund - Equities Sw Min Volatility NSL AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0334161509</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...257 lines deleted...]
-          <x:t>1.860,500</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.876,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.879,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.862,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.872,000</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>1.873,500</x:t>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.891,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.893,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.880,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.886,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.877,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.880,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.865,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.869,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.869,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.875,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.860,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.873,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.881,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.885,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.875,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.881,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.868,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.870,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.854,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.859,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.859,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.893,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.856,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.890,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.890,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.897,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.888,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.872,500</x:t>
-[...112 lines deleted...]
-          <x:t>1.897,250</x:t>
+          <x:t>1.890,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.895,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.917,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.892,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.917,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.929,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.930,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.896,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.902,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.905,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.938,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.895,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.928,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.927,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.934,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.917,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.933,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.924,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.942,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.914,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.941,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.943,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.944,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.936,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.943,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.948,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.948,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.938,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.942,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.935,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.945,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.931,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.945,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.950,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.951,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.941,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.942,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.945,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.957,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.943,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.956,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.954,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.963,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.953,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.958,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.969,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.977,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.962,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.977,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.976,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.986,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.975,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.980,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.986,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.992,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.969,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.973,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.979,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.988,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.971,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.981,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>