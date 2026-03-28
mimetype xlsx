--- v4 (2026-02-21)
+++ v5 (2026-03-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63b7a051557741c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re28c2eb28eaa4c08" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33a37b0420ed4d09"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red2e44ad3b354bde"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref6c9cd3b5914410" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33a37b0420ed4d09" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36bf467ee38b429e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red2e44ad3b354bde" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) Index Fund - Equities Sw Min Volatility NSL AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0334161509</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.984,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.011,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.982,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.004,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.006,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.008,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.984,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.989,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.984,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.005,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.984,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.992,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.003,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.017,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.999,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.016,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.976,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.987,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.967,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.983,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.958,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.958,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.923,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.934,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.950,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.972,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.939,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.958,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.948,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.963,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.925,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.927,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.916,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.920,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.886,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.901,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.850,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.892,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.849,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.891,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.914,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.928,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.904,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.909,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.892,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.896,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.881,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.884,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.873,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.886,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.869,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.875,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.862,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.904,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.857,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.885,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.890,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.905,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.876,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.879,000</x:t>
+          <x:t>1.900,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.897,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.911,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.897,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.906,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.911,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.911,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.875,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.880,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.861,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.861,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.841,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.842,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.851,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.856,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.829,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.830,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.802,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.857,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.789,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.837,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.848,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.853,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.830,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.850,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.873,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.882,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.869,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.874,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.871,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.872,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.853,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.862,000</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...595 lines deleted...]
-          <x:t>1.981,000</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.857,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.857,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.841,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.848,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>