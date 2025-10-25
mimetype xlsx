--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f314bdb3060405e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R079248c181dd4ce1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0463b4a01efa47b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3084d4c422eb40cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde4f7603b41a4bc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0463b4a01efa47b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R163b162f618b480b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3084d4c422eb40cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) IF - Equities Switzerland Multi Premia ESG NSL CHF IAC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0334031215</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>1.631,500</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.623,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.629,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.622,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.624,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.617,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.619,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.614,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.615,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.609,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.611,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.601,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.602,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.607,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.608,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.601,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.604,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.607,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.611,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.606,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.611,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.609,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.614,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.602,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.614,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.616,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.627,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.616,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.626,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.632,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.611,500</x:t>
-[...16 lines deleted...]
-          <x:t>1.617,500</x:t>
+          <x:t>1.633,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.622,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.627,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.632,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.639,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.625,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.615,000</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>1.632,500</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>1.626,500</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.633,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.638,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.627,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.638,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.642,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.647,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.640,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.641,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.639,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.650,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.639,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.650,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.654,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.655,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.647,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.648,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.648,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.654,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.634,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.634,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.638,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.648,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.635,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.638,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.632,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.640,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.632,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.635,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.643,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.645,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.640,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.644,500</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
+          <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.644,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.648,500</x:t>
-[...16 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>1.650,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.639,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.646,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.628,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.643,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.643,000</x:t>
-[...16 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>1.625,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.641,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.640,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.644,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.638,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.642,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.644,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.647,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.639,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.646,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.644,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.652,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.643,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.645,000</x:t>
-[...495 lines deleted...]
-          <x:t>1.632,500</x:t>
+          <x:t>1.651,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.655,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.664,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.653,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.663,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.664,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.666,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.656,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.666,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>