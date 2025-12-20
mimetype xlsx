--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R079248c181dd4ce1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4dc8db53e2844250" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3084d4c422eb40cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R975189a79f2b440a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R163b162f618b480b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3084d4c422eb40cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R114f89e8b0b54af7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R975189a79f2b440a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) IF - Equities Switzerland Multi Premia ESG NSL CHF IAC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0334031215</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>1.623,000</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.627,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.629,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.622,500</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>1.617,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.619,000</x:t>
-[...129 lines deleted...]
-          <x:t>1.616,500</x:t>
+          <x:t>1.619,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.625,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.635,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.620,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.628,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.637,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.642,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.631,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.636,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.633,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.640,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.627,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.616,500</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>1.639,000</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>1.647,500</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.643,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.646,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.635,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.644,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.640,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.641,500</x:t>
-[...11 lines deleted...]
-          <x:t>1.639,000</x:t>
+          <x:t>1.654,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.638,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.654,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.656,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.661,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.650,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.660,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.661,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.668,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.658,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.668,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.668,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.670,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.662,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.670,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.663,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.670,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.662,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.665,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.663,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.669,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.662,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.667,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.666,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.671,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.661,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.663,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.666,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.673,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.666,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.671,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.666,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.671,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.665,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.666,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.663,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.664,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.658,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.660,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.660,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.664,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.652,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.654,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.648,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.653,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.643,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.650,500</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>1.639,000</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.650,000</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>1.638,500</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.655,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.648,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.635,000</x:t>
-[...182 lines deleted...]
-        <x:is>
           <x:t>1.652,500</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>1.666,750</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.656,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.668,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.656,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.658,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.661,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.676,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.660,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.674,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.677,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.680,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.673,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.676,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.675,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.684,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.674,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.679,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.679,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.692,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.679,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.692,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.695,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.699,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.690,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.699,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>