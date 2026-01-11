--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4dc8db53e2844250" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ff9f63d2dca4bbe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R975189a79f2b440a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9cf0cf2b54194a36"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R114f89e8b0b54af7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R975189a79f2b440a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R769396dd58024dd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9cf0cf2b54194a36" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) IF - Equities Switzerland Multi Premia ESG NSL CHF IAC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0334031215</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,635 +149,203 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...161 lines deleted...]
-          <x:t>26.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.648,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.653,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.643,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.650,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.650,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.655,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.648,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.652,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.656,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.661,250</x:t>
-[...4 lines deleted...]
-          <x:t>1.650,000</x:t>
+          <x:t>1.668,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.656,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.658,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.661,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.676,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.660,750</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...143 lines deleted...]
-          <x:t>1.666,250</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.674,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.677,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.680,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.673,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.666,250</x:t>
-[...182 lines deleted...]
-        <x:is>
           <x:t>1.676,250</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>1.660,750</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.675,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.684,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.674,750</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...47 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.679,750</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.679,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.692,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.679,750</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.695,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.699,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.690,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.699,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.692,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.701,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.688,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.701,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.701,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.705,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.700,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.703,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.703,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.708,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.701,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.705,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.702,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.708,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.701,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.708,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.706,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.714,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.694,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.713,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.721,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.726,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.709,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.726,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.731,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.736,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.724,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.731,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.727,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.731,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.717,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.729,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.731,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.736,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.726,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.736,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>