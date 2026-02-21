--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ff9f63d2dca4bbe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bf8f57edffc437c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9cf0cf2b54194a36"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37da3700f8d84e4c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R769396dd58024dd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9cf0cf2b54194a36" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2e3c484a4ea4ef4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37da3700f8d84e4c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) IF - Equities Switzerland Multi Premia ESG NSL CHF IAC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0334031215</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...328 lines deleted...]
-          <x:t>1.706,500</x:t>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.714,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.694,000</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>1.721,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1.709,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.717,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.738,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.740,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.729,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.736,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1.726,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.709,750</x:t>
-[...53 lines deleted...]
-          <x:t>1.717,750</x:t>
+          <x:t>1.728,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.716,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.720,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.723,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.723,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.714,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.718,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.721,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.734,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.719,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.729,750</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
-[...19 lines deleted...]
-          <x:t>1.736,750</x:t>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.728,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.729,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.719,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.723,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.722,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.728,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.719,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.726,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.729,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.742,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.729,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.740,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.741,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.750,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.736,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.749,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.759,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.759,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.737,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.739,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.745,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.780,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.742,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.776,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.783,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.783,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.769,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.775,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.771,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.782,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.761,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.782,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.786,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.787,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.779,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.787,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.791,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.792,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.784,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.792,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.786,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.789,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.778,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.787,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.785,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.791,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.778,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.778,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.784,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.790,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.780,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.789,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.786,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.792,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.784,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.784,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.793,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.801,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.786,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.801,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.799,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.805,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.797,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.802,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.800,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.803,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.790,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.795,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.800,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.809,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.796,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.806,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>