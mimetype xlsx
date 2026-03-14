--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bf8f57edffc437c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R310514e3bcd4400d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37da3700f8d84e4c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f36f5aff29b4836"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2e3c484a4ea4ef4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37da3700f8d84e4c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e56bfd70f0942e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f36f5aff29b4836" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) IF - Equities Switzerland Multi Premia ESG NSL CHF IAC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0334031215</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>1.709,750</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.791,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.792,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.784,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.792,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.786,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.789,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.778,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.787,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.785,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.791,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.778,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.778,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.784,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.790,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.780,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.789,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.786,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.792,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.784,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.784,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.793,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.801,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.786,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.801,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.799,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.805,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.797,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.802,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.800,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.803,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.790,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.795,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.800,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.809,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.796,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.806,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.799,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.806,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.795,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.795,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.791,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.813,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.791,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.807,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.805,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.808,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.792,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.796,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.793,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.815,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.789,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.812,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.819,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.826,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.813,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.823,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.788,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.799,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.784,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.793,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.772,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.772,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.740,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.756,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.766,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.782,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.761,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.774,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.766,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.779,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.757,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.757,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.755,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.758,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.724,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.736,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.700,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.727,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.700,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.724,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.745,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.748,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.731,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.736,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.718,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.725,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.712,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.717,250</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>1.726,750</x:t>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.715,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.728,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.716,250</x:t>
-[...75 lines deleted...]
-          <x:t>1.729,750</x:t>
+          <x:t>1.712,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.722,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.713,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.732,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.708,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.719,250</x:t>
-        </x:is>
-[...462 lines deleted...]
-          <x:t>1.806,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>