--- v0 (2025-10-15)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19c3573c3efe466e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd45cc421cafe4399" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3be0c0356888486d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re48459984c804679"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c6c1846eacf41da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3be0c0356888486d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30c03e90972c4b8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re48459984c804679" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) Index Fund - Equities Sw Multi Pr ESG NSL AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0334031207</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.618,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.619,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.607,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.609,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.615,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.625,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.611,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.618,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.627,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.632,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.621,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.626,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.623,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.630,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.639,500</x:t>
+          <x:t>1.617,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.629,000</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.633,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.636,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.625,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.634,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.630,000</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...408 lines deleted...]
-          <x:t>07.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.644,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.628,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.644,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.645,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.650,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.640,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.650,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.651,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.658,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.648,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.657,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.657,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.660,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.652,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.660,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.653,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.660,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.652,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.655,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.653,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.659,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.652,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.657,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.656,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.661,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.651,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.652,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.656,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.662,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.656,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.661,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.656,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.661,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.655,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.656,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.653,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.653,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.647,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.649,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.650,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.654,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.641,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.644,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.638,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.643,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.632,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1.640,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.641,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.644,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1.638,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.630,000</x:t>
-[...139 lines deleted...]
-          <x:t>1.625,000</x:t>
+          <x:t>1.642,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.646,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.658,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.646,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.648,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.654,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.666,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.650,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.664,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.666,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.669,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.663,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.666,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.665,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.673,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.664,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.669,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.669,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.682,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.669,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.682,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.685,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.688,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.680,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.688,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>