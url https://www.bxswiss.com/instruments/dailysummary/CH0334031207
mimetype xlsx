--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd45cc421cafe4399" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1bfe5ae968fd44a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re48459984c804679"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2bd160eacca0478c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30c03e90972c4b8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re48459984c804679" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R352ece8233134921" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2bd160eacca0478c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) Index Fund - Equities Sw Multi Pr ESG NSL AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0334031207</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...139 lines deleted...]
-          <x:t>1.630,000</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.641,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.644,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.628,000</x:t>
-[...16 lines deleted...]
-          <x:t>1.645,500</x:t>
+          <x:t>1.638,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.642,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.646,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.658,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.646,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.648,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.654,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.666,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.650,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.640,000</x:t>
-[...340 lines deleted...]
-          <x:t>1.654,750</x:t>
+          <x:t>1.664,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.666,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.669,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.663,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.666,250</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>1.650,500</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.665,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.673,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.664,250</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>1.666,750</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.669,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.669,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.663,250</x:t>
-[...26 lines deleted...]
-          <x:t>1.664,250</x:t>
+          <x:t>1.682,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.669,250</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...10 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.682,250</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>1.669,250</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.685,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.688,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.680,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.688,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.682,250</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>1.688,750</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.691,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.677,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.691,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.691,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.695,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.690,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.692,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.692,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.697,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.690,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.695,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.692,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.698,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.691,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.698,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.695,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.703,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.683,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.703,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.710,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.716,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.699,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.716,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.720,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.726,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.713,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.720,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.716,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.720,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.707,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.718,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.720,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.725,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.716,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.725,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>