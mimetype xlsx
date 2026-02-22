--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1bfe5ae968fd44a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0d3a8bfc08c4a65" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2bd160eacca0478c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3aa0726c8d724c43"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R352ece8233134921" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2bd160eacca0478c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ee7a2d285054f57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3aa0726c8d724c43" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) Index Fund - Equities Sw Multi Pr ESG NSL AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0334031207</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...323 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.703,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.710,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1.698,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.706,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.727,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.730,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.718,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.725,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1.716,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.699,250</x:t>
-[...53 lines deleted...]
-          <x:t>1.707,250</x:t>
+          <x:t>1.717,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.705,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.709,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.712,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.712,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.703,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.708,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.710,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.723,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.708,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.718,750</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>1.720,750</x:t>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.717,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.718,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.708,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.713,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.711,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.717,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.708,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.715,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.718,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.731,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.718,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.729,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.730,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.739,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.725,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.716,250</x:t>
-[...4 lines deleted...]
-          <x:t>1.725,750</x:t>
+          <x:t>1.738,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.748,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.748,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.727,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.729,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.734,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.769,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.731,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.765,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.772,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.772,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.758,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.764,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.760,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.771,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.750,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.770,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.775,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.776,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.768,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.776,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.779,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.781,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.773,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.781,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.775,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.778,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.767,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.776,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.774,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.780,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.767,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.767,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.773,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.779,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.769,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.778,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.775,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.781,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.772,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.773,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.781,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.790,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.775,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.790,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.788,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.794,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.786,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.791,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.789,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.792,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.779,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.783,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.789,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.798,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.784,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.795,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>