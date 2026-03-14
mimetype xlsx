--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0d3a8bfc08c4a65" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bc5782b4f2440f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3aa0726c8d724c43"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f366a415bf2440a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ee7a2d285054f57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3aa0726c8d724c43" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58273dcb15b14f02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f366a415bf2440a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) Index Fund - Equities Sw Multi Pr ESG NSL AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0334031207</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>1.698,750</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.779,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.781,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.773,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.781,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.775,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.778,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.767,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.776,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.774,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.780,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.767,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.767,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.773,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.779,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.769,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.778,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.775,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.781,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.772,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.773,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.781,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.790,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.775,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.790,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.788,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.794,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.786,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.791,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.789,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.792,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.779,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.783,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.789,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.798,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.784,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.795,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.788,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.795,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.784,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.784,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.780,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.802,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.780,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.795,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.794,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.797,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.781,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.785,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.782,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.803,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.778,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.801,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.807,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.814,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.802,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.812,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.777,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.787,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.773,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.782,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.761,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.761,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.729,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.745,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.755,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.771,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.750,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.763,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.755,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.768,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.745,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.746,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.744,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.746,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.714,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.726,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.689,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.715,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.689,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.713,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.734,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.737,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.720,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.725,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.707,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.714,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.702,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.706,750</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.704,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.717,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.701,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.712,250</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>1.703,750</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.702,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.721,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.698,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.708,250</x:t>
-        </x:is>
-[...511 lines deleted...]
-          <x:t>1.795,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>