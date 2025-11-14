--- v0 (2025-10-25)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R346ac5cd13eb4668" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15cbedcbf01b4c82" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree34c7d082b84c71"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90d4f38427e54358"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra39b0fe30aba4c0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree34c7d082b84c71" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bd3ad35d8d74e4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90d4f38427e54358" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pictet CH - Swiss High Dividend CHF IYD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0317233259</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>358,850</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>360,750</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...175 lines deleted...]
-          <x:t>02.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>365,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>365,550</x:t>
-[...112 lines deleted...]
-          <x:t>369,150</x:t>
+          <x:t>369,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>371,700</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...192 lines deleted...]
-          <x:t>20.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>370,600</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...119 lines deleted...]
-          <x:t>370,500</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>