--- v1 (2025-11-14)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15cbedcbf01b4c82" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23fb972c974344fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90d4f38427e54358"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38c5c53c67fa45c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bd3ad35d8d74e4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90d4f38427e54358" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10a35deb97f44a9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38c5c53c67fa45c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pictet CH - Swiss High Dividend CHF IYD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0317233259</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>366,950</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>368,550</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>367,650</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>371,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>366,750</x:t>
-[...11 lines deleted...]
-          <x:t>20.10.2025</x:t>
+          <x:t>368,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>370,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>372,000</x:t>
-[...31 lines deleted...]
-          <x:t>368,850</x:t>
+          <x:t>371,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>370,600</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>369,550</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,900</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>