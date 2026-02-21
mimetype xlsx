--- v2 (2026-01-08)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23fb972c974344fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a5e101a498548cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38c5c53c67fa45c2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67fac20a0a7a4b2f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10a35deb97f44a9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38c5c53c67fa45c2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81cd963a2adc4cc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67fac20a0a7a4b2f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pictet CH - Swiss High Dividend CHF IYD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0317233259</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...247 lines deleted...]
-          <x:t>368,150</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>368,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>366,850</x:t>
+          <x:t>370,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>368,550</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...89 lines deleted...]
-          <x:t>370,600</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>371,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>370,300</x:t>
-[...65 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>367,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>376,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>377,100</x:t>
-[...9 lines deleted...]
-          <x:t>375,900</x:t>
+          <x:t>381,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>