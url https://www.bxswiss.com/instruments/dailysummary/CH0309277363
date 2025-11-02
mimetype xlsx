--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6a6f4fc1b034168" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfac69c8c9dc44106" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbad35eb02a3e428a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa6a56388ab94400"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a5f165e1d1048a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbad35eb02a3e428a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd705cf51d41843f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa6a56388ab94400" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LUKB Expert - TopSwiss PD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0309277363</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,620</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,860</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>187,220</x:t>
-[...470 lines deleted...]
-          <x:t>06.10.2025</x:t>
+          <x:t>189,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>188,580</x:t>
-[...117 lines deleted...]
-          <x:t>187,080</x:t>
+          <x:t>188,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,120</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>