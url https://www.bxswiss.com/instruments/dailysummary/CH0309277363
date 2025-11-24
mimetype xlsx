--- v1 (2025-11-02)
+++ v2 (2025-11-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfac69c8c9dc44106" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd416a4ded96c46bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa6a56388ab94400"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R290349cc7aa94bf4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd705cf51d41843f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa6a56388ab94400" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6089c45605e1485e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R290349cc7aa94bf4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LUKB Expert - TopSwiss PD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0309277363</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...14 lines deleted...]
-          <x:t>185,640</x:t>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,260</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>189,120</x:t>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,490</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>