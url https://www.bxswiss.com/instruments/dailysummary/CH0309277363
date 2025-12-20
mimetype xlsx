--- v2 (2025-11-24)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd416a4ded96c46bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9158238c2daa44ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R290349cc7aa94bf4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbdf6f9a103924ced"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6089c45605e1485e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R290349cc7aa94bf4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R905429e9f29d4600" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbdf6f9a103924ced" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LUKB Expert - TopSwiss PD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0309277363</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.10.2025</x:t>
-[...161 lines deleted...]
-          <x:t>31.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>189,880</x:t>
-[...193 lines deleted...]
-          <x:t>190,650</x:t>
+          <x:t>190,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,870</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>193,490</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,990</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>187,490</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,010</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>