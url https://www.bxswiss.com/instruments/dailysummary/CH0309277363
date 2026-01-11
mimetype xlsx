--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9158238c2daa44ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fe7aee9da72493c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbdf6f9a103924ced"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62b48b3980054431"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R905429e9f29d4600" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbdf6f9a103924ced" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0ae5b0120ad4ec9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62b48b3980054431" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LUKB Expert - TopSwiss PD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0309277363</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,546 +149,114 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...269 lines deleted...]
-          <x:t>02.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>193,090</x:t>
-[...97 lines deleted...]
-          <x:t>08.12.2025</x:t>
+          <x:t>192,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>194,530</x:t>
-[...106 lines deleted...]
-        <x:is>
           <x:t>194,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,170</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,650</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,560</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>