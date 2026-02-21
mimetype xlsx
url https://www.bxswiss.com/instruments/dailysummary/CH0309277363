--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fe7aee9da72493c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc60052cf984e49cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62b48b3980054431"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c7c48a6a10942fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0ae5b0120ad4ec9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62b48b3980054431" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9d81c346db14e18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c7c48a6a10942fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LUKB Expert - TopSwiss PD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0309277363</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...139 lines deleted...]
-          <x:t>194,170</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,330</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>194,890</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,110</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>195,570</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>194,850</x:t>
-[...80 lines deleted...]
-          <x:t>195,690</x:t>
+          <x:t>197,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,560</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>199,560</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,960</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>