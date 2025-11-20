--- v0 (2025-10-09)
+++ v1 (2025-11-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e1210eeebdf40c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3b464d6904e4ad2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2ca10947a734f1d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f032fe05dbb49e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea8d1453bb714377" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2ca10947a734f1d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55ea1924a20f46bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f032fe05dbb49e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FKB (CH) Equity Switzerland AD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0306979631</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,700</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...605 lines deleted...]
-          <x:t>152,230</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,590</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>