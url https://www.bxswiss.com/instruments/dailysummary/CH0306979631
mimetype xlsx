--- v1 (2025-11-20)
+++ v2 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3b464d6904e4ad2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1aa81ff41288464a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f032fe05dbb49e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd994f5999d304c0d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55ea1924a20f46bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f032fe05dbb49e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66a8e36f589c4cfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd994f5999d304c0d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FKB (CH) Equity Switzerland AD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0306979631</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>151,790</x:t>
-[...475 lines deleted...]
-          <x:t>13.11.2025</x:t>
+          <x:t>152,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>154,250</x:t>
-[...117 lines deleted...]
-          <x:t>150,590</x:t>
+          <x:t>154,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,290</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>