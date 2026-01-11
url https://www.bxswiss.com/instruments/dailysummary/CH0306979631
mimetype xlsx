--- v2 (2025-12-17)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1aa81ff41288464a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c81809a95294247" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd994f5999d304c0d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R898c2c70c5514e98"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66a8e36f589c4cfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd994f5999d304c0d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfdd40c926ec243bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R898c2c70c5514e98" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FKB (CH) Equity Switzerland AD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0306979631</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...220 lines deleted...]
-          <x:t>153,650</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>153,550</x:t>
-[...178 lines deleted...]
-          <x:t>155,230</x:t>
+          <x:t>155,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>155,210</x:t>
-[...156 lines deleted...]
-          <x:t>157,140</x:t>
+          <x:t>156,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>156,290</x:t>
+          <x:t>157,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,380</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>