--- v3 (2026-01-11)
+++ v4 (2026-02-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c81809a95294247" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re626e5bb5fdb44c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R898c2c70c5514e98"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ccfdc4510524e20"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfdd40c926ec243bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R898c2c70c5514e98" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1bcc7fa7bf64207" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ccfdc4510524e20" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FKB (CH) Equity Switzerland AD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0306979631</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...284 lines deleted...]
-          <x:t>158,420</x:t>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,600</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...107 lines deleted...]
-          <x:t>08.01.2026</x:t>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>160,560</x:t>
-[...36 lines deleted...]
-          <x:t>161,380</x:t>
+          <x:t>159,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,370</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>