--- v4 (2026-02-09)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re626e5bb5fdb44c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9d284a6e1e74c2a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ccfdc4510524e20"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R204239aaa9804b2d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1bcc7fa7bf64207" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ccfdc4510524e20" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1571a748c0774078" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R204239aaa9804b2d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FKB (CH) Equity Switzerland AD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0306979631</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.01.2026</x:t>
-[...252 lines deleted...]
-          <x:t>159,460</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>159,160</x:t>
-[...323 lines deleted...]
-          <x:t>163,370</x:t>
+          <x:t>158,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,830</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>