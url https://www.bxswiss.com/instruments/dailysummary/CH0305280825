--- v0 (2025-11-14)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9015df424bdb4933" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c24cc2d8b9346de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R522da4e432de493b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddc1004244ea4011"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc4eaa0c6dbc42c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R522da4e432de493b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b0d2f8db57e4bcd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddc1004244ea4011" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEKB Aktienfonds - Aktien Schweiz Small &amp; Mid Caps BC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0305280825</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>158,775</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>