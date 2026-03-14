--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c24cc2d8b9346de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5884170f22704454" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddc1004244ea4011"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3918971de7c54b7b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b0d2f8db57e4bcd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddc1004244ea4011" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R650764fe2aeb4e2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3918971de7c54b7b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEKB Aktienfonds - Aktien Schweiz Small &amp; Mid Caps BC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0305280825</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>167,575</x:t>
-[...603 lines deleted...]
-          <x:t>174,750</x:t>
+          <x:t>166,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,575</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>