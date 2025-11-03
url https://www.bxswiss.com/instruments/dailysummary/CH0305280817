--- v0 (2025-10-14)
+++ v1 (2025-11-03)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd76adb983414076" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbda8dbf25514bc4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60bb12c26033484d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42f7c1a68dc84aea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R202b6506d33f478a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60bb12c26033484d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a3a2d0c3e1b4eca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42f7c1a68dc84aea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEKB Aktienfonds - Aktien Schweiz BC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0305280817</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>148,100</x:t>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>147,600</x:t>
-[...11 lines deleted...]
-          <x:t>15.09.2025</x:t>
+          <x:t>148,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,450</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>16.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>146,900</x:t>
-[...522 lines deleted...]
-          <x:t>149,200</x:t>
+          <x:t>146,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>