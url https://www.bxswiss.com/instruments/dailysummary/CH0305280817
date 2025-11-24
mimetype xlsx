--- v1 (2025-11-03)
+++ v2 (2025-11-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbda8dbf25514bc4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd276603f7ca94bad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42f7c1a68dc84aea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda832a2de7354ec7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a3a2d0c3e1b4eca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42f7c1a68dc84aea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3f4964f148a4c32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda832a2de7354ec7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEKB Aktienfonds - Aktien Schweiz BC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0305280817</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
-[...14 lines deleted...]
-          <x:t>147,750</x:t>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,350</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...5 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>149,850</x:t>
-[...151 lines deleted...]
-          <x:t>13.10.2025</x:t>
+          <x:t>147,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>150,100</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>148,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>149,200</x:t>
-[...30 lines deleted...]
-        <x:is>
           <x:t>148,600</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...325 lines deleted...]
-          <x:t>146,800</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,125</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>