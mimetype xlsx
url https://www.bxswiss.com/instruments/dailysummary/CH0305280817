--- v2 (2025-11-24)
+++ v3 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd276603f7ca94bad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa7b5225540641d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda832a2de7354ec7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd89d1fdbe7f442a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3f4964f148a4c32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda832a2de7354ec7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c329c438c814403" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd89d1fdbe7f442a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEKB Aktienfonds - Aktien Schweiz BC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0305280817</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.10.2025</x:t>
-[...392 lines deleted...]
-          <x:t>151,250</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,150</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>149,125</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,100</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>