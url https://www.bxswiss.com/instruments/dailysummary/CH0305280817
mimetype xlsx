--- v3 (2026-01-08)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa7b5225540641d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2de4870b26e4f1d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd89d1fdbe7f442a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ca407e155e54582"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c329c438c814403" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd89d1fdbe7f442a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7319e236245947a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ca407e155e54582" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEKB Aktienfonds - Aktien Schweiz BC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0305280817</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...328 lines deleted...]
-          <x:t>156,000</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>155,550</x:t>
-[...80 lines deleted...]
-          <x:t>155,900</x:t>
+          <x:t>157,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,600</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>08.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,850</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...11 lines deleted...]
-          <x:t>158,100</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,575</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>