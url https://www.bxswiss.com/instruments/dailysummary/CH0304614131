--- v0 (2025-10-08)
+++ v1 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ff30a7b27e74736" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48c18d92affa4d17" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ab9bf4c3dd8481f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16f50ee5a4df4cdf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ad5a86142ee46a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ab9bf4c3dd8481f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R388bf11a5f9c4f41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16f50ee5a4df4cdf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEKB Aktienfonds - Aktien Schweiz AD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0304614131</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>136,875</x:t>
-[...561 lines deleted...]
-          <x:t>137,900</x:t>
+          <x:t>138,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>138,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>137,525</x:t>
-        </x:is>
-[...3 lines deleted...]
-          <x:t>137,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>