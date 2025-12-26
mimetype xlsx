--- v1 (2025-11-16)
+++ v2 (2025-12-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48c18d92affa4d17" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raaca501652fd456d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16f50ee5a4df4cdf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67508b9f17f44067"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R388bf11a5f9c4f41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16f50ee5a4df4cdf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48f11e3330a54fad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67508b9f17f44067" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEKB Aktienfonds - Aktien Schweiz AD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0304614131</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...41 lines deleted...]
-          <x:t>136,975</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,450</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>136,325</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,100</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>138,000</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,500</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>21.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>139,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>138,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>137,575</x:t>
-[...443 lines deleted...]
-          <x:t>13.11.2025</x:t>
+          <x:t>139,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>140,100</x:t>
-[...36 lines deleted...]
-          <x:t>137,525</x:t>
+          <x:t>139,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>