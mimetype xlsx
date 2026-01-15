--- v2 (2025-12-26)
+++ v3 (2026-01-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raaca501652fd456d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ea9351a23254a37" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67508b9f17f44067"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8701f04743464dff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48f11e3330a54fad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67508b9f17f44067" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra32bfa7fd6e34286" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8701f04743464dff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEKB Aktienfonds - Aktien Schweiz AD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0304614131</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,583 +149,178 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...58 lines deleted...]
-          <x:t>139,000</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>138,750</x:t>
-[...38 lines deleted...]
-          <x:t>28.11.2025</x:t>
+          <x:t>139,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,550</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...315 lines deleted...]
-          <x:t>16.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>140,550</x:t>
-[...89 lines deleted...]
-        <x:is>
           <x:t>141,000</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,250</x:t>
         </x:is>
       </x:c>
@@ -737,31 +332,301 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,850</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>