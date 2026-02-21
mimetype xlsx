--- v3 (2026-01-15)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ea9351a23254a37" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R912cad96a80c44a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8701f04743464dff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a07749551cc4c67"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra32bfa7fd6e34286" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8701f04743464dff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8154fe7e7914350" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a07749551cc4c67" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEKB Aktienfonds - Aktien Schweiz AD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0304614131</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...193 lines deleted...]
-          <x:t>141,850</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>141,450</x:t>
-[...80 lines deleted...]
-          <x:t>141,750</x:t>
+          <x:t>142,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,300</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>08.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,500</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...119 lines deleted...]
-          <x:t>144,850</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,600</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>