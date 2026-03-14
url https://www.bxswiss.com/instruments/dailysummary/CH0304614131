--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R912cad96a80c44a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ed961eef4304ba7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a07749551cc4c67"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6d28cde6fbf4065"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8154fe7e7914350" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a07749551cc4c67" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ea82928bd6a4ae8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6d28cde6fbf4065" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEKB Aktienfonds - Aktien Schweiz AD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0304614131</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...296 lines deleted...]
-          <x:t>04.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,575</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>145,300</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,050</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>149,600</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,350</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>