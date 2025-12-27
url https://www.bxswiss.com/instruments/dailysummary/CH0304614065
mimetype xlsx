--- v0 (2025-11-01)
+++ v1 (2025-12-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b4b1d937baa4f9e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda451dcaf1e143d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25d5eb81d6764b58"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d3ef646b639487e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23b978bfc4144027" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25d5eb81d6764b58" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7eb761f131ea451f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d3ef646b639487e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEKB Aktienfonds - Aktien Schweiz Small &amp; Mid Caps AD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0304614065</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...134 lines deleted...]
-          <x:t>07.10.2025</x:t>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>152,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>152,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>151,400</x:t>
-[...490 lines deleted...]
-          <x:t>152,300</x:t>
+          <x:t>154,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,300</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>