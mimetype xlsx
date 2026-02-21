--- v1 (2025-12-27)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda451dcaf1e143d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfca3785e5dd34eb0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d3ef646b639487e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe361eefbd5a40f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7eb761f131ea451f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d3ef646b639487e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra11656864ae543fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe361eefbd5a40f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEKB Aktienfonds - Aktien Schweiz Small &amp; Mid Caps AD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0304614065</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.11.2025</x:t>
-[...559 lines deleted...]
-          <x:t>155,300</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,075</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>