--- v2 (2026-02-21)
+++ v3 (2026-03-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfca3785e5dd34eb0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R136d4774445047a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe361eefbd5a40f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d09d214c23b4a01"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra11656864ae543fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe361eefbd5a40f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf2984bbbc024ada" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d09d214c23b4a01" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BEKB Aktienfonds - Aktien Schweiz Small &amp; Mid Caps AD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0304614065</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>159,775</x:t>
-[...630 lines deleted...]
-          <x:t>167,075</x:t>
+          <x:t>156,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,900</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>