--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6deca610d06a4544" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43e6673c69514272" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe1070a569604d47"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc16c8d828d404c98"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e764b223eca4e68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe1070a569604d47" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf60a400ac64c43ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc16c8d828d404c98" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Precious Capital Global Mining &amp; Metals 4D</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0301687114</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>326,450</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,600</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>