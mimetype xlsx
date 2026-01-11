--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43e6673c69514272" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3cc730dd8784e0d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc16c8d828d404c98"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72a7762bfec9437a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf60a400ac64c43ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc16c8d828d404c98" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d77d7d0c9a54319" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72a7762bfec9437a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Precious Capital Global Mining &amp; Metals 4D</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0301687114</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>362,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>362,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>358,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>360,050</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>380,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>386,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>379,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>384,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,950</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>