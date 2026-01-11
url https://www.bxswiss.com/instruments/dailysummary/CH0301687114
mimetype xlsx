--- v2 (2026-01-11)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3cc730dd8784e0d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c16b953d4c440f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72a7762bfec9437a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re862ec44d1e0438c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d77d7d0c9a54319" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72a7762bfec9437a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12883f253a724cda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re862ec44d1e0438c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Precious Capital Global Mining &amp; Metals 4D</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0301687114</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>360,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>368,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>359,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>366,800</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>