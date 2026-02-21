--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c16b953d4c440f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2442318661334032" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re862ec44d1e0438c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb564ad6e14424d9f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12883f253a724cda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re862ec44d1e0438c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48e451cf0cbf4d47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb564ad6e14424d9f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Precious Capital Global Mining &amp; Metals 4D</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0301687114</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...188 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>399,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>400,200</x:t>
-[...155 lines deleted...]
-        <x:is>
           <x:t>410,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>410,650</x:t>
-[...63 lines deleted...]
-          <x:t>408,950</x:t>
+          <x:t>397,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,450</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>