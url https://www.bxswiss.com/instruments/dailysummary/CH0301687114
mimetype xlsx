--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2442318661334032" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb4dafc3269049f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb564ad6e14424d9f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R346eecc56cb64225"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48e451cf0cbf4d47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb564ad6e14424d9f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c36e0c7db73453e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R346eecc56cb64225" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Precious Capital Global Mining &amp; Metals 4D</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0301687114</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>442,050</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>444,150</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...199 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>446,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>437,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>432,600</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...406 lines deleted...]
-          <x:t>447,450</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,350</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>