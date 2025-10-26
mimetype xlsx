--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1d7dbe4edb54a4a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4855fb641da74906" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R740204c49c444f6f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c49f9442cc54960"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d1d61df26f34076" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R740204c49c444f6f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9be6ac78f6b43ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c49f9442cc54960" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JSS Sustainable Equity - SaraSelect CHF ID</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0272293413</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>1.713,000</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.719,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.727,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.714,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.715,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.708,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.708,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.681,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.685,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.681,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.681,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.665,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.666,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.675,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.680,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.663,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.669,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.670,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.675,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.664,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.671,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.663,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.670,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.663,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.666,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.678,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.682,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.672,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.680,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.682,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.688,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.672,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.687,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.692,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.706,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.679,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.706,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.705,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.712,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.700,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.701,000</x:t>
-[...426 lines deleted...]
-          <x:t>1.681,000</x:t>
+          <x:t>1.700,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.699,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.705,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.692,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.694,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.702,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.705,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.690,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.694,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.687,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.691,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.664,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.665,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.671,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.687,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.670,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.674,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.667,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.675,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.661,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.670,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.678,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.685,000</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>1.681,000</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.671,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.677,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.679,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.684,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.673,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.677,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.656,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.673,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.650,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.667,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.662,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.669,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.657,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.667,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.658,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.663,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.652,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.663,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.663,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.670,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.654,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.661,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.665,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.666,000</x:t>
-[...123 lines deleted...]
-        <x:is>
           <x:t>1.688,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.672,000</x:t>
+          <x:t>1.665,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.687,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.693,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.699,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.685,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.699,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>