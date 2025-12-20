--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4855fb641da74906" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a5ec4f6cc2843fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c49f9442cc54960"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf1247a94c0c45e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9be6ac78f6b43ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c49f9442cc54960" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R399121c70b3e4db6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf1247a94c0c45e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JSS Sustainable Equity - SaraSelect CHF ID</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0272293413</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>1.699,000</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.567,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.571,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.554,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.555,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.560,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.579,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.556,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.571,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.581,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.600,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.580,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.590,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.585,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.585,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.567,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.574,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.594,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.604,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.587,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.602,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.594,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.612,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.591,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.611,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.616,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.623,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.609,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.620,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.619,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.622,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.612,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.616,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.619,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.620,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.611,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.620,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.609,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.625,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.607,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.624,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.596,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.607,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.596,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.603,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.608,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.616,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.598,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.599,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.607,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.612,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.601,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.609,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.613,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.623,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.609,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.610,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.612,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.615,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.605,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.607,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.612,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.615,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.599,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.602,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.602,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.603,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.593,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.596,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.599,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.599,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.588,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.594,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.596,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.616,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.596,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.600,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.610,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.610,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.597,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.606,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.595,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.599,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.590,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.593,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.590,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.592,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.579,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.579,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.584,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.594,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.580,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.593,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.599,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.604,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.590,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.600,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>