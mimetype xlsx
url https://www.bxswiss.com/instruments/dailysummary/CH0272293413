--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a5ec4f6cc2843fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R353e0dfea6824029" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf1247a94c0c45e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd46371d18b1f46c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R399121c70b3e4db6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf1247a94c0c45e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88074f204c1143a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd46371d18b1f46c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JSS Sustainable Equity - SaraSelect CHF ID</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0272293413</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...31 lines deleted...]
-          <x:t>1.560,500</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.602,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.603,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.593,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.596,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.599,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.599,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.588,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.594,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.596,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.616,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.596,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.600,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.610,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.610,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.597,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.606,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.595,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.599,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.590,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.593,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.590,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.592,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.579,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.556,500</x:t>
-[...16 lines deleted...]
-          <x:t>1.581,500</x:t>
+          <x:t>1.579,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.584,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.594,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.580,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.593,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.599,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.604,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.590,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.600,500</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>1.594,500</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.603,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.611,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.593,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.611,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.612,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.591,500</x:t>
-[...16 lines deleted...]
-          <x:t>1.616,500</x:t>
+          <x:t>1.618,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.607,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.612,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.618,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.627,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.613,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.623,500</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>1.609,500</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.620,500</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>1.619,500</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.627,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.620,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.611,500</x:t>
-[...119 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>1.627,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.641,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.648,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.613,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.623,500</x:t>
-[...279 lines deleted...]
-          <x:t>1.600,500</x:t>
+          <x:t>1.627,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.632,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.639,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.621,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.638,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.651,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.659,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.645,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.659,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.658,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.661,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.644,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.653,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.658,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.664,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.651,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.664,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>