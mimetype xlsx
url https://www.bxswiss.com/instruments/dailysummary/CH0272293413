--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R353e0dfea6824029" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfca99aef41cc43f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd46371d18b1f46c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5130979c6c264d4a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88074f204c1143a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd46371d18b1f46c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd614da7ad9b245b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5130979c6c264d4a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JSS Sustainable Equity - SaraSelect CHF ID</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0272293413</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...350 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.632,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.639,000</x:t>
-[...21 lines deleted...]
-          <x:t>1.651,000</x:t>
+          <x:t>1.644,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.626,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.642,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.644,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.653,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.633,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.649,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.662,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.670,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.657,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.667,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.663,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.664,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.654,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.662,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.666,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.667,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.656,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.665,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.664,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.667,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.660,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.664,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.665,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.667,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.650,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.657,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.653,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.655,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.636,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.642,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.644,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.646,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.637,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.637,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.632,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.647,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.624,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.643,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.655,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.657,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.629,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.634,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.636,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.662,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.629,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.653,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.662,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.670,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.659,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.645,000</x:t>
-[...11 lines deleted...]
-          <x:t>08.01.2026</x:t>
+          <x:t>1.668,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.655,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.681,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.655,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.681,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.693,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.694,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.683,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.693,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.682,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.687,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.678,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.685,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.682,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.694,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.672,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.693,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.685,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.690,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.664,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.664,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.664,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.672,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.656,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.672,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.673,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.678,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.671,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.671,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.667,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.669,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.628,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.644,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.640,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.685,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.640,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.683,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.680,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.682,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.663,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.664,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.665,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.678,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.658,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.661,000</x:t>
-[...36 lines deleted...]
-          <x:t>1.664,000</x:t>
+          <x:t>1.670,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>