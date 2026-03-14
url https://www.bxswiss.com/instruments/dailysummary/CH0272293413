--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfca99aef41cc43f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc0324588eec40d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5130979c6c264d4a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20ba382a079e4569"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd614da7ad9b245b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5130979c6c264d4a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc8075b861764a1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20ba382a079e4569" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JSS Sustainable Equity - SaraSelect CHF ID</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0272293413</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>1.632,500</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.682,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.687,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.678,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.685,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.682,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.694,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.672,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.693,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.685,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.690,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.664,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.664,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.664,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.672,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.656,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.672,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.673,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.678,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.671,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.671,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.667,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.669,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.628,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.644,000</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>1.626,500</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.640,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.685,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.640,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.683,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.680,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.682,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.663,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.664,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.665,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.678,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.658,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.670,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.643,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.658,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.638,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.638,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.644,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.659,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.641,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.652,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.651,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.654,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.645,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.648,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.644,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.654,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.642,000</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>1.633,500</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.645,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.649,000</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>1.664,000</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.658,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.643,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.654,000</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>1.655,000</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.636,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.642,500</x:t>
-[...11 lines deleted...]
-          <x:t>1.644,500</x:t>
+          <x:t>1.651,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.616,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.646,500</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...67 lines deleted...]
-          <x:t>04.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.636,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.662,000</x:t>
-[...333 lines deleted...]
-          <x:t>1.670,000</x:t>
+          <x:t>1.636,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.597,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.606,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.605,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.618,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.597,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.610,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.605,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.611,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.593,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.593,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.589,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.594,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.563,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.568,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.548,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.549,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.532,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.544,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.560,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.577,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.556,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.573,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.555,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.561,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.542,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.554,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.553,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.577,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.550,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.570,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.561,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.574,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.554,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.559,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>