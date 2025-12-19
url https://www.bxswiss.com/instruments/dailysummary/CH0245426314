--- v0 (2025-10-24)
+++ v1 (2025-12-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7df3328cd56c4b5a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26338ed179234084" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f06cefa013645e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe5d0666d9074a00"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88d59df9c5f64002" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f06cefa013645e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e5081c2df644d43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe5d0666d9074a00" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swisscanto (CH) Index Fund IV - PM Gold Physical USD DTC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0245426314</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...328 lines deleted...]
-          <x:t>303,750</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>304,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>303,250</x:t>
-[...124 lines deleted...]
-          <x:t>315,500</x:t>
+          <x:t>308,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>317,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>313,700</x:t>
-[...11 lines deleted...]
-          <x:t>16.10.2025</x:t>
+          <x:t>319,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>317,800</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>321,900</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>317,700</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>17.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>325,800</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...119 lines deleted...]
-          <x:t>312,200</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>