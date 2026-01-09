--- v1 (2025-12-19)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26338ed179234084" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a249819fe1946e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe5d0666d9074a00"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf27571d1ccd4b6c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e5081c2df644d43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe5d0666d9074a00" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f85ed26cbb84ea3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf27571d1ccd4b6c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swisscanto (CH) Index Fund IV - PM Gold Physical USD DTC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0245426314</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,556 +149,151 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...247 lines deleted...]
-          <x:t>314,000</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>316,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>312,800</x:t>
-[...246 lines deleted...]
-        <x:is>
           <x:t>320,500</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>323,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>327,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>321,700</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>325,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>329,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>324,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>328,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,450</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>