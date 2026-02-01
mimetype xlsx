--- v2 (2026-01-09)
+++ v3 (2026-02-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a249819fe1946e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R994062011b7f4f22" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf27571d1ccd4b6c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd25df359732949a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f85ed26cbb84ea3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf27571d1ccd4b6c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9395fe9321d646cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd25df359732949a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swisscanto (CH) Index Fund IV - PM Gold Physical USD DTC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0245426314</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...301 lines deleted...]
-          <x:t>336,950</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>337,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>333,750</x:t>
+          <x:t>333,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>335,750</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...150 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>333,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>335,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,950</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>