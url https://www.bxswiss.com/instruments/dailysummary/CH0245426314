--- v3 (2026-02-01)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R994062011b7f4f22" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b2e333c6aef45eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd25df359732949a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc38a0ab47b3c4a53"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9395fe9321d646cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd25df359732949a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd38c2d03e134b5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc38a0ab47b3c4a53" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swisscanto (CH) Index Fund IV - PM Gold Physical USD DTC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0245426314</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...139 lines deleted...]
-          <x:t>344,350</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>348,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>344,050</x:t>
-[...254 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>361,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>382,050</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>383,650</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>380,150</x:t>
-        </x:is>
-[...111 lines deleted...]
-          <x:t>375,950</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>