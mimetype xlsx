--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b2e333c6aef45eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffad4c4d63cb4640" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc38a0ab47b3c4a53"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7f7fb134bcd46e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd38c2d03e134b5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc38a0ab47b3c4a53" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32a075d279204fe4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7f7fb134bcd46e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swisscanto (CH) Index Fund IV - PM Gold Physical USD DTC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0245426314</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...80 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>382,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>383,650</x:t>
-[...80 lines deleted...]
-          <x:t>416,800</x:t>
+          <x:t>386,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>387,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>399,200</x:t>
-[...431 lines deleted...]
-          <x:t>380,150</x:t>
+          <x:t>392,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,650</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>