--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e75011e404d489b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R696659bd262b4003" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17762bfd88034c1e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3fc9e603b374dae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0df8260acfe04eb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17762bfd88034c1e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f9f5012552d4cb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3fc9e603b374dae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swisscanto (CH) Index Fund IV - PM Gold Physical CHF DTC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0245423980</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,559 +149,127 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...409 lines deleted...]
-          <x:t>250,500</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>250,400</x:t>
-[...65 lines deleted...]
-          <x:t>26.09.2025</x:t>
+          <x:t>255,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,150</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,550</x:t>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>