--- v1 (2025-10-25)
+++ v2 (2025-12-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R696659bd262b4003" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2df98db1f825451b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3fc9e603b374dae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14266a3f59cd4769"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f9f5012552d4cb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3fc9e603b374dae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61d2161bb4284205" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14266a3f59cd4769" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swisscanto (CH) Index Fund IV - PM Gold Physical CHF DTC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0245423980</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...301 lines deleted...]
-          <x:t>272,700</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>275,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>272,600</x:t>
-[...53 lines deleted...]
-          <x:t>275,500</x:t>
+          <x:t>277,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>277,200</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...31 lines deleted...]
-          <x:t>283,400</x:t>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>284,800</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>283,000</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>286,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>283,000</x:t>
+          <x:t>288,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>286,500</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>283,000</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>287,900</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>276,500</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>