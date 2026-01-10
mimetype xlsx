--- v2 (2025-12-19)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2df98db1f825451b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7447a8dba691411a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14266a3f59cd4769"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec5b8ae5a02b4cc5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61d2161bb4284205" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14266a3f59cd4769" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd341d329cd84683" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec5b8ae5a02b4cc5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swisscanto (CH) Index Fund IV - PM Gold Physical CHF DTC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0245423980</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...247 lines deleted...]
-          <x:t>283,300</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>285,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>282,200</x:t>
+          <x:t>287,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>285,200</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...89 lines deleted...]
-          <x:t>283,900</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>285,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>283,200</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>287,100</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>286,000</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>287,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>285,500</x:t>
-[...106 lines deleted...]
-        <x:is>
           <x:t>288,900</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,650</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>289,100</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...37 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>292,250</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,150</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>289,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>290,850</x:t>
-[...26 lines deleted...]
-          <x:t>292,250</x:t>
+          <x:t>291,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>