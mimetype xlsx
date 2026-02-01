--- v3 (2026-01-10)
+++ v4 (2026-02-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7447a8dba691411a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cb774ee979e489f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec5b8ae5a02b4cc5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4fe686d9c394d30"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd341d329cd84683" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec5b8ae5a02b4cc5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1975bd7e7c384889" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4fe686d9c394d30" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swisscanto (CH) Index Fund IV - PM Gold Physical CHF DTC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0245423980</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>296,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>298,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>295,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>297,300</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +278,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>302,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>305,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>301,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>304,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,350</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>