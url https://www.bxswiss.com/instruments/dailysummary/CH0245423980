--- v4 (2026-02-01)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cb774ee979e489f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra24238ff10644679" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4fe686d9c394d30"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f41842144e44c5c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1975bd7e7c384889" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4fe686d9c394d30" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3fe485b896343c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f41842144e44c5c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swisscanto (CH) Index Fund IV - PM Gold Physical CHF DTC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0245423980</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>300,450</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>301,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>298,150</x:t>
-[...286 lines deleted...]
-          <x:t>323,500</x:t>
+          <x:t>308,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>327,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>322,300</x:t>
-[...166 lines deleted...]
-          <x:t>325,350</x:t>
+          <x:t>328,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>