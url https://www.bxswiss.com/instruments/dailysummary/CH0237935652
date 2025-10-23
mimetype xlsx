--- v0 (2025-10-02)
+++ v1 (2025-10-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R221482b5e4504b76" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raeea74ee9aa445f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R329ea4bde6b2492b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0bfd2bd639a4bd9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64de3a4c5d984f89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R329ea4bde6b2492b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfdd3b1751c9049c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0bfd2bd639a4bd9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares ETF (CH) Core SPI Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0237935652</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,306</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,830</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,579</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,579</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,491</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>