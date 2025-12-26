--- v1 (2025-10-23)
+++ v2 (2025-12-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raeea74ee9aa445f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe5fdf77a5464f37" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0bfd2bd639a4bd9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd57845ea8f4e475c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfdd3b1751c9049c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0bfd2bd639a4bd9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcdc43d2903db46ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd57845ea8f4e475c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares ETF (CH) Core SPI Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0237935652</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>151,491</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,688</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>