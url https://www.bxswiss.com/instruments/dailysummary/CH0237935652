--- v2 (2025-12-26)
+++ v3 (2026-01-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe5fdf77a5464f37" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re55e17318cf64707" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd57845ea8f4e475c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reaec95e08f684b55"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcdc43d2903db46ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd57845ea8f4e475c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9402f226a824582" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reaec95e08f684b55" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares ETF (CH) Core SPI Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0237935652</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,390</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,328 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,876</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,594</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>