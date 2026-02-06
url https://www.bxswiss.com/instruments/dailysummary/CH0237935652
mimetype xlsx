--- v3 (2026-01-15)
+++ v4 (2026-02-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re55e17318cf64707" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54067eb931124f2e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reaec95e08f684b55"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a466eb5a95741a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9402f226a824582" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reaec95e08f684b55" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e4c50a7de604b6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a466eb5a95741a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares ETF (CH) Core SPI Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0237935652</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...188 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,835</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>158,279</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,947</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>162,594</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,187</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>