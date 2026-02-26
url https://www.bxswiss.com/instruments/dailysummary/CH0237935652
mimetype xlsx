--- v4 (2026-02-06)
+++ v5 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54067eb931124f2e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95940f51ba7c4535" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a466eb5a95741a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc65e9188e884093"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e4c50a7de604b6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a466eb5a95741a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fad0edbb5dc4bfd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc65e9188e884093" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares ETF (CH) Core SPI Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0237935652</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,766</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,829</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,624</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,609</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>