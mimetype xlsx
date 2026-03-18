--- v5 (2026-02-26)
+++ v6 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95940f51ba7c4535" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21d76ce838a24f5a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc65e9188e884093"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c4a620421294292"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fad0edbb5dc4bfd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc65e9188e884093" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0846e4904684475" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c4a620421294292" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares ETF (CH) Core SPI Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0237935652</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...284 lines deleted...]
-          <x:t>162,376</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,126</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>167,609</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,857</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>