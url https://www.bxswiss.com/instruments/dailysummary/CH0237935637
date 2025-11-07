--- v0 (2025-10-07)
+++ v1 (2025-11-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e86e555fbf94f10" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f77c5f63fd94731" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb8265f7b4c94ba0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc50edd41a89b4fe0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83a1c77269d14e32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb8265f7b4c94ba0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8e0bafce2d5430e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc50edd41a89b4fe0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares ETF (CH) Swiss Dividend Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0237935637</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,537</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>