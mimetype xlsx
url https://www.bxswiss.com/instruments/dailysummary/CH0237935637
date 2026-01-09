--- v1 (2025-11-07)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f77c5f63fd94731" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9ef635f329441ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc50edd41a89b4fe0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re53799d762414bf3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8e0bafce2d5430e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc50edd41a89b4fe0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0b6ce6c70174b93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re53799d762414bf3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares ETF (CH) Swiss Dividend Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0237935637</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>170,537</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,809</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>