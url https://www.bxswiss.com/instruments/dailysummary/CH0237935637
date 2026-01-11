--- v2 (2026-01-09)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9ef635f329441ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6a26283bf8b4166" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re53799d762414bf3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78aa20ee1eaf4074"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0b6ce6c70174b93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re53799d762414bf3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c51eb23b746423d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78aa20ee1eaf4074" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares ETF (CH) Swiss Dividend Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0237935637</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,104 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,020</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +575,58 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,774</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>