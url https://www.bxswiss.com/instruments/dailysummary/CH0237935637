--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6a26283bf8b4166" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R332a142331034a56" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78aa20ee1eaf4074"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e59d2b6e1b540af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c51eb23b746423d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78aa20ee1eaf4074" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49df6844df2b4495" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e59d2b6e1b540af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares ETF (CH) Swiss Dividend Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0237935637</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>180,774</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,605</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>