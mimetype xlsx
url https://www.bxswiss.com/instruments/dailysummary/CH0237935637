--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R332a142331034a56" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4936cc781c24bdb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e59d2b6e1b540af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R676a04dd4a2b4f21"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49df6844df2b4495" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e59d2b6e1b540af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R901d50f7d6204456" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R676a04dd4a2b4f21" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares ETF (CH) Swiss Dividend Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0237935637</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,502 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...274 lines deleted...]
-          <x:t>182,543</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>180,609</x:t>
-[...165 lines deleted...]
-        <x:is>
           <x:t>184,231</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,408</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,068</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>