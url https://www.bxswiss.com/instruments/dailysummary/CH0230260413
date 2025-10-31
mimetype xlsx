--- v0 (2025-10-10)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R591f5320319c45f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55a8814445a84bb8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92d4c28fb65c4d3b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra554317171db40cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R261e933fe4a249a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92d4c28fb65c4d3b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd203f84bb7544812" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra554317171db40cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) Index Fund - Bonds CHF Domestic NSL AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0230260413</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>1.041,200</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.044,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.045,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.044,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.045,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.045,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.045,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.042,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.042,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.041,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.042,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1.039,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1.040,700</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>1.039,900</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.040,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.041,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.040,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.040,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.040,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.041,400</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>11.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.040,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.040,700</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.040,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.040,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.039,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.039,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.038,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.039,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.038,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.038,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.038,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.041,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.038,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.040,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.039,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.040,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.039,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.040,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.040,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.042,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.040,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.040,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.042,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.046,250</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.042,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.039,800</x:t>
-[...313 lines deleted...]
-          <x:t>1.044,400</x:t>
+          <x:t>1.045,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.045,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.046,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.045,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.045,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.045,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.044,400</x:t>
-[...220 lines deleted...]
-          <x:t>1.040,600</x:t>
+          <x:t>1.046,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.045,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.046,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.046,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.049,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.045,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.046,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.047,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.048,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.046,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.046,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.045,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.047,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.045,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.046,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.047,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.049,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.047,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.049,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.048,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.049,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.048,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.048,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.048,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.048,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.048,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.048,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.048,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.048,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.046,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.047,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.047,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.048,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.047,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.048,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.047,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.049,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.047,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.048,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.048,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.049,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.047,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.049,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.047,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.048,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.047,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.048,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>