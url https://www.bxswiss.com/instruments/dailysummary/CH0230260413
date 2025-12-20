--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55a8814445a84bb8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66a5d6224cfc4beb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra554317171db40cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb823ecf357b45dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd203f84bb7544812" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra554317171db40cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3b2a57bc8bd402b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb823ecf357b45dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) Index Fund - Bonds CHF Domestic NSL AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0230260413</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.045,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.046,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.045,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.046,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.046,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.046,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.045,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.046,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.045,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.046,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.044,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.045,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.045,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.047,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.045,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.047,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.046,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.047,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.045,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.045,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.045,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.046,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.045,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.045,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.045,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.047,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.045,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.045,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.045,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.046,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.045,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.046,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.046,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.047,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.045,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.046,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.045,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.046,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.045,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.045,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.045,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.046,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.045,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.046,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.047,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.047,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.046,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.047,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.047,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.047,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.046,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.046,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.046,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.046,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.045,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.045,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.044,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.045,750</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>1.044,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.045,250</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>1.039,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.040,700</x:t>
-[...75 lines deleted...]
-          <x:t>1.039,100</x:t>
+          <x:t>1.039,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.039,800</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...59 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.039,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.040,800</x:t>
-[...414 lines deleted...]
-          <x:t>1.048,250</x:t>
+          <x:t>1.038,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.038,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.037,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.037,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.035,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.037,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.037,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.037,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.034,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.035,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.035,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.036,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.033,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.033,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.032,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.036,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.032,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.035,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.035,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.036,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.034,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.035,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.035,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.035,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.034,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.034,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.034,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.034,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.033,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.034,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.034,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.034,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.032,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.033,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>