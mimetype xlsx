--- v2 (2025-12-20)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66a5d6224cfc4beb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6f9b7db965c4815" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb823ecf357b45dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f2240d45b494766"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3b2a57bc8bd402b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb823ecf357b45dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5271ef36be3b42ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f2240d45b494766" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) Index Fund - Bonds CHF Domestic NSL AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0230260413</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...26 lines deleted...]
-          <x:t>19.11.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.037,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.038,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.037,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.038,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.038,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.038,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.037,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.037,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.037,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.038,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.037,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.038,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.037,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.038,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.036,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.036,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.037,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.038,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.037,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.038,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.037,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.039,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.037,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.039,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.040,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.042,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.040,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.041,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.040,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.043,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.040,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.043,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.043,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.043,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.042,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.043,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.043,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.043,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.042,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.042,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.041,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.041,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.039,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.040,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.040,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.041,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.040,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.041,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.040,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.044,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.040,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.041,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.043,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.043,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.043,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.043,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.043,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.043,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.042,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.043,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.043,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.043,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.040,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.042,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.042,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.043,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.040,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.042,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.041,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.043,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.041,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.043,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.043,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.045,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.043,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.045,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.044,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.048,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.044,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.045,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.049,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.049,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.045,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.047,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.046,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.048,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.046,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.047,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.046,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.046,950</x:t>
-[...26 lines deleted...]
-          <x:t>1.046,050</x:t>
+          <x:t>1.046,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.044,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.044,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.044,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.045,150</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...300 lines deleted...]
-          <x:t>08.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.043,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.044,400</x:t>
-        </x:is>
-[...256 lines deleted...]
-          <x:t>1.033,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>