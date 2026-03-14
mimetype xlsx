--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6f9b7db965c4815" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d02d4036b0342f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f2240d45b494766"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf91bd1c15204190"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5271ef36be3b42ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f2240d45b494766" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4118cf018544682" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf91bd1c15204190" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) Index Fund - Bonds CHF Domestic NSL AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0230260413</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.043,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.043,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.040,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.042,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.042,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.043,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.040,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.042,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.041,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.043,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.041,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.043,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.043,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.045,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.043,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.045,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.044,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.048,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.044,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.045,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.049,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.049,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.045,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.047,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.046,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.048,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.046,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.047,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.046,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.046,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.044,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.044,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.044,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.045,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.043,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.044,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.045,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.047,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.045,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.047,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.048,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.049,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.048,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.048,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.048,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.048,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.047,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.048,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.048,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.049,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.047,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.049,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.049,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.050,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.048,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.050,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.050,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.050,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.047,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.047,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.044,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.044,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.040,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.043,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.044,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.044,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.041,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.042,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.040,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.042,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.039,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.041,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.041,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.041,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.038,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.039,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.034,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.037,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.031,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.036,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.036,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.037,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.034,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.036,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.037,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.038,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.035,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.036,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.037,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.038,600</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>1.037,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.038,000</x:t>
-[...4 lines deleted...]
-          <x:t>1.036,500</x:t>
+          <x:t>1.035,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.036,900</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...532 lines deleted...]
-          <x:t>1.044,400</x:t>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.035,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.035,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.034,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.035,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>