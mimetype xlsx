--- v0 (2025-10-30)
+++ v1 (2026-02-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf01597ba602a43e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf466d8b07bf74333" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R572ea8fce31849b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad1c3627c0c94c0a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R076b395395154457" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R572ea8fce31849b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c84fb4ffa2e4986" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad1c3627c0c94c0a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares ETF (CH) Core CHF Corporate Bond Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0226976816</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>97,537</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,531</x:t>
-[...48 lines deleted...]
-          <x:t>97,671</x:t>
+          <x:t>97,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,408</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...143 lines deleted...]
-          <x:t>09.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,651</x:t>
-[...387 lines deleted...]
-          <x:t>97,841</x:t>
+          <x:t>97,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,434</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>