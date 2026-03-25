--- v1 (2026-02-12)
+++ v2 (2026-03-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf466d8b07bf74333" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b1a236b5cfb41a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad1c3627c0c94c0a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda94b227c7b54d89"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c84fb4ffa2e4986" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad1c3627c0c94c0a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86e6ad8b75404f36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda94b227c7b54d89" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares ETF (CH) Core CHF Corporate Bond Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0226976816</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...134 lines deleted...]
-          <x:t>19.01.2026</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,895</x:t>
-[...166 lines deleted...]
-          <x:t>96,863</x:t>
+          <x:t>97,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,028</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>97,434</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,668</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>