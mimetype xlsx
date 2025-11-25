--- v0 (2025-10-14)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd690278fc63f425c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb5c8bb8de354d6d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5f09412081c4b52"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb8439cf81f44f61"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60744418704c436c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5f09412081c4b52" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1812fb27dc7e4792" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb8439cf81f44f61" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF - MSCI Switzerland (CHF) Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0226274246</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...338 lines deleted...]
-          <x:t>21,095</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,350</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>03.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,681</x:t>
-[...16 lines deleted...]
-          <x:t>06.10.2025</x:t>
+          <x:t>21,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,623</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>21,557</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,708</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>21,646</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,680</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>21,562</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,931</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>