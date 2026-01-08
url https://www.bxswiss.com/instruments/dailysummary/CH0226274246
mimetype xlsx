--- v1 (2025-11-25)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb5c8bb8de354d6d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25efd4082ee24ee0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb8439cf81f44f61"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3089c63eeca14af6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1812fb27dc7e4792" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb8439cf81f44f61" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58d25464c182427a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3089c63eeca14af6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF - MSCI Switzerland (CHF) Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0226274246</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>21,931</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,103</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>