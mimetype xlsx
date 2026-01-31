--- v2 (2026-01-08)
+++ v3 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25efd4082ee24ee0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8343081669d640dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3089c63eeca14af6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R506c2645b8ef45ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58d25464c182427a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3089c63eeca14af6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d49c388503d402d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R506c2645b8ef45ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF - MSCI Switzerland (CHF) Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0226274246</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...311 lines deleted...]
-          <x:t>22,767</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,899</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>23,142</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23,083</x:t>
-[...26 lines deleted...]
-          <x:t>23,103</x:t>
+          <x:t>22,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,878</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>