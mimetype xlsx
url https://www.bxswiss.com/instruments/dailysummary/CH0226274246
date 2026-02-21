--- v3 (2026-01-31)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8343081669d640dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f96e50c9ecd4a7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R506c2645b8ef45ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb44e68d60f404262"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d49c388503d402d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R506c2645b8ef45ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf060a3548d8e42e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb44e68d60f404262" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF - MSCI Switzerland (CHF) Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0226274246</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>23,142</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23,083</x:t>
-[...156 lines deleted...]
-          <x:t>23,178</x:t>
+          <x:t>22,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,346</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>15.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23,472</x:t>
-[...306 lines deleted...]
-          <x:t>22,878</x:t>
+          <x:t>23,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,956</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>