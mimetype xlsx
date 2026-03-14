--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f96e50c9ecd4a7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra253a62f589b4b2d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb44e68d60f404262"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bdfcb7788ed4b9e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf060a3548d8e42e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb44e68d60f404262" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2c9316c9a3e4fb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bdfcb7788ed4b9e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF - MSCI Switzerland (CHF) Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0226274246</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23,109</x:t>
-[...576 lines deleted...]
-          <x:t>23,956</x:t>
+          <x:t>23,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,223</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>