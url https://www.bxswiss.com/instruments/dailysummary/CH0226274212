--- v0 (2025-10-08)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ae9c3455bb74625" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R764c0bd44f344937" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5893b0f209749cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra91d32508a0a47bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7856c61658744163" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5893b0f209749cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22afef9ea1914e5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra91d32508a0a47bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF - MSCI Switzerland hedged to USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0226274212</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...544 lines deleted...]
-          <x:t>23,338</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,409</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,479</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>23,429</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,845</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>