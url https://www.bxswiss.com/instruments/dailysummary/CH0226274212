--- v1 (2025-11-21)
+++ v2 (2026-01-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R764c0bd44f344937" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6af6657fab224a3d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra91d32508a0a47bf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce6ead6928bc4a91"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22afef9ea1914e5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra91d32508a0a47bf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R992c8cd82d644bb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce6ead6928bc4a91" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF - MSCI Switzerland hedged to USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0226274212</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>23,845</x:t>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,894</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>