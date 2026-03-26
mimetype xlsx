--- v2 (2026-01-06)
+++ v3 (2026-03-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6af6657fab224a3d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35ba9ecf459b418c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce6ead6928bc4a91"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03290db8d2734de7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R992c8cd82d644bb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce6ead6928bc4a91" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a8f0739f4b544c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03290db8d2734de7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF - MSCI Switzerland hedged to USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0226274212</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.12.2025</x:t>
-[...419 lines deleted...]
-          <x:t>24,719</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,101</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>