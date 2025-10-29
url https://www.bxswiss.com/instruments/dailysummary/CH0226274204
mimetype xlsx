--- v0 (2025-10-07)
+++ v1 (2025-10-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5090aa1bc18f4a28" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2db0827f9eb84b3a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36f2ed9a26a14cc8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb14579f58de94a98"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re50daf7b58fe4e63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36f2ed9a26a14cc8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc743d2e0fd7e4c6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb14579f58de94a98" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF - MSCI Switzerland hedged to EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0226274204</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>27,220</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,295</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...514 lines deleted...]
-          <x:t>27,002</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,316</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,087</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>27,135</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,221</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>27,270</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,832</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>