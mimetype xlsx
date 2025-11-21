--- v1 (2025-10-29)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2db0827f9eb84b3a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7049e2d60874a6c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb14579f58de94a98"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra34d01a7821f4ceb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc743d2e0fd7e4c6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb14579f58de94a98" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd295075d3444400" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra34d01a7821f4ceb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF - MSCI Switzerland hedged to EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0226274204</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>27,002</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,316</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,087</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>27,135</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,221</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>07.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,112</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,344</x:t>
-[...414 lines deleted...]
-          <x:t>26,832</x:t>
+          <x:t>26,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,254</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>