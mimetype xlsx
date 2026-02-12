--- v2 (2025-11-21)
+++ v3 (2026-02-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7049e2d60874a6c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1ec11a58c7841f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra34d01a7821f4ceb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd18b2c2d4cb94ae7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd295075d3444400" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra34d01a7821f4ceb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48906a28f5e64267" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd18b2c2d4cb94ae7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF - MSCI Switzerland hedged to EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0226274204</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>27,254</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,130</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>