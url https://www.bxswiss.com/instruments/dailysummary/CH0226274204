--- v3 (2026-02-12)
+++ v4 (2026-03-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1ec11a58c7841f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6058d3c9625148b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd18b2c2d4cb94ae7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R915641cec246462f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48906a28f5e64267" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd18b2c2d4cb94ae7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2f7be40181d418b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R915641cec246462f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS ETF - MSCI Switzerland hedged to EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0226274204</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...613 lines deleted...]
-          <x:t>29,130</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,081</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>