--- v0 (2025-10-26)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09ed21aac8a948c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e4fd4b0709e4b83" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba1fdbe1247b4ffa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd9daada53e64d0d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59c45fa03b3c4c88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba1fdbe1247b4ffa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2e48346a0314782" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd9daada53e64d0d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swisscanto (CH) IF II - Equity Fund Large Caps Switzerland FAD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0215804680</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>159,540</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,600</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>159,440</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>159,370</x:t>
-[...409 lines deleted...]
-          <x:t>160,880</x:t>
+          <x:t>161,660</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>