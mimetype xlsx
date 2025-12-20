--- v1 (2025-11-15)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e4fd4b0709e4b83" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9c9373c0d2645ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd9daada53e64d0d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19558292366f48d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2e48346a0314782" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd9daada53e64d0d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf63f09eb74bc468f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19558292366f48d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swisscanto (CH) IF II - Equity Fund Large Caps Switzerland FAD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0215804680</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...149 lines deleted...]
-          <x:t>160,960</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,740</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>161,520</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,700</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...386 lines deleted...]
-          <x:t>13.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>164,600</x:t>
-[...36 lines deleted...]
-          <x:t>161,660</x:t>
+          <x:t>163,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,630</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>