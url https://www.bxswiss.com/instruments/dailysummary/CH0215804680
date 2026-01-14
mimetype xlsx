--- v2 (2025-12-20)
+++ v3 (2026-01-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9c9373c0d2645ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfda454ee52ee4e30" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19558292366f48d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd185499f31144697"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf63f09eb74bc468f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19558292366f48d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0a6f28603a7447e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd185499f31144697" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swisscanto (CH) IF II - Equity Fund Large Caps Switzerland FAD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0215804680</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,090</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,328 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,140</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>