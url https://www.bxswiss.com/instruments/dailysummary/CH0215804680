--- v3 (2026-01-14)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfda454ee52ee4e30" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R949cc7ad07b14446" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd185499f31144697"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R395620e2f6714a57"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0a6f28603a7447e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd185499f31144697" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0486f450a48742ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R395620e2f6714a57" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swisscanto (CH) IF II - Equity Fund Large Caps Switzerland FAD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0215804680</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...95 lines deleted...]
-          <x:t>166,660</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,110</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>168,330</x:t>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>167,530</x:t>
+          <x:t>169,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,630</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...121 lines deleted...]
-          <x:t>169,590</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>169,450</x:t>
-[...16 lines deleted...]
-          <x:t>170,980</x:t>
+          <x:t>166,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>170,780</x:t>
-[...21 lines deleted...]
-          <x:t>169,940</x:t>
+          <x:t>166,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,420</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>12.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>171,950</x:t>
-[...36 lines deleted...]
-          <x:t>171,140</x:t>
+          <x:t>173,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,370</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>