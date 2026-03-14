--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R949cc7ad07b14446" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c7da022a9324e2b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R395620e2f6714a57"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re544b12e1575430e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0486f450a48742ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R395620e2f6714a57" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac517412a04b497f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re544b12e1575430e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swisscanto (CH) IF II - Equity Fund Large Caps Switzerland FAD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0215804680</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>168,590</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,250</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...595 lines deleted...]
-          <x:t>177,370</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,820</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>