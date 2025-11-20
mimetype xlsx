--- v0 (2025-10-09)
+++ v1 (2025-11-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c3af9a0aa37452e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b11811d836a464c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff607cec30c745ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8543a2de79674aaa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b5f4e4643314eba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff607cec30c745ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8a4a87cd5b44677" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8543a2de79674aaa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) Index Fund - Bonds CHF 1-5 NSL AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0214975333</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>933,400</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>933,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>933,400</x:t>
-[...21 lines deleted...]
-          <x:t>933,700</x:t>
+          <x:t>934,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>937,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>933,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>933,600</x:t>
-[...38 lines deleted...]
-          <x:t>932,500</x:t>
+          <x:t>934,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>932,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>932,500</x:t>
-[...57 lines deleted...]
-        <x:is>
           <x:t>932,900</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.09.2025</x:t>
-[...451 lines deleted...]
-          <x:t>932,900</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,300</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>