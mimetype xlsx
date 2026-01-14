--- v1 (2025-11-20)
+++ v2 (2026-01-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b11811d836a464c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R089be66d38144632" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8543a2de79674aaa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R676a47c6cb334a28"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8a4a87cd5b44677" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8543a2de79674aaa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc14db60978c34340" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R676a47c6cb334a28" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) Index Fund - Bonds CHF 1-5 NSL AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0214975333</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...495 lines deleted...]
-          <x:t>934,100</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>930,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>930,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>931,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>931,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>931,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>931,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>931,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>931,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>931,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>931,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>931,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>931,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>931,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>931,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>931,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>931,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>931,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>931,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>931,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>931,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>931,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>931,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>931,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>931,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>931,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>931,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>931,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>932,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>931,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>932,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>931,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>932,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>931,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>932,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>931,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>932,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>931,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>932,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>932,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>932,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>932,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>932,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>932,900</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>934,300</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>932,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>932,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>932,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>932,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>932,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>932,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>932,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>932,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>932,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>932,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>