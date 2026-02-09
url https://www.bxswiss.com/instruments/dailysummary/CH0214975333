--- v2 (2026-01-14)
+++ v3 (2026-02-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R089be66d38144632" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5605a095581d431b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R676a47c6cb334a28"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbab463cfb2664f89"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc14db60978c34340" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R676a47c6cb334a28" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58b3d4958b904a03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbab463cfb2664f89" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) Index Fund - Bonds CHF 1-5 NSL AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0214975333</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...274 lines deleted...]
-          <x:t>932,600</x:t>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>932,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>932,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>932,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>932,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>932,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>932,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>932,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>932,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>932,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>932,500</x:t>
-[...11 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>933,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>932,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>933,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>933,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>933,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>932,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>933,100</x:t>
-[...101 lines deleted...]
-        <x:is>
           <x:t>932,900</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>933,000</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>937,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>937,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,650</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>