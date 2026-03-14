--- v3 (2026-02-09)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5605a095581d431b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7f1790e88fd4405" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbab463cfb2664f89"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8149ffbe46474ef0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58b3d4958b904a03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbab463cfb2664f89" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a2f69ee868d4931" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8149ffbe46474ef0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (CH) Index Fund - Bonds CHF 1-5 NSL AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH0214975333</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>932,800</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>936,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>936,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>936,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>936,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>936,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>936,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>936,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>939,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>939,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>939,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>936,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>936,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>936,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>936,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>936,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>936,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>936,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>936,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>936,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>936,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>936,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>936,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>936,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>937,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>936,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>937,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>937,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>937,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>937,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>937,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>937,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>937,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>937,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>937,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>937,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>937,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>937,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>937,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>937,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>937,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>937,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>937,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>937,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>937,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>936,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>936,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>936,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>936,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>932,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>932,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>932,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>928,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>931,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>930,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>931,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>930,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>931,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>932,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>932,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>932,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>932,700</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>932,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>933,000</x:t>
-[...485 lines deleted...]
-          <x:t>935,650</x:t>
+          <x:t>932,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>932,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>931,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>931,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>931,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>931,700</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>